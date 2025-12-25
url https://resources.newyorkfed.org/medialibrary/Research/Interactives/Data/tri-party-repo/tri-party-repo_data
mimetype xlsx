--- v0 (2025-11-30)
+++ v1 (2025-12-25)
@@ -1,3020 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FF8A7186-887B-4A8D-B012-0CDF6938AE0D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <workbookPr/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="2700" yWindow="2670" windowWidth="21600" windowHeight="11175" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Cover Sheet" sheetId="1" r:id="rId1"/>
-[...4 lines deleted...]
-    <sheet name="triparty_gcf" sheetId="6" r:id="rId6"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Cover Sheet" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="volume_haircut_concentration" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="gcf_repo_total" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="gcf_repo_asset_classes" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="gcf_repo_gcf_cusips" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="triparty_gcf" sheetId="6" state="visible" r:id="rId6"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2836 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="13">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <u/>
-[...1 lines deleted...]
-      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="0"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
+      <color theme="0"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+      <color theme="0" tint="-0.499954222235786"/>
       <sz val="11"/>
-      <color rgb="FF001F33"/>
+    </font>
+    <font>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="3" tint="0.5999633777886288"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF001F33"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
+      <name val="Roboto Condensed"/>
+      <b val="1"/>
+      <color rgb="FF001F33"/>
       <sz val="36"/>
-      <color rgb="FF001F33"/>
-      <name val="Roboto Condensed"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="4" tint="-0.24994659260841701"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="4" tint="-0.249946592608417"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="12"/>
     </font>
     <font>
-      <i/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <i val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <u/>
-[...1 lines deleted...]
-      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="10"/>
+      <sz val="24"/>
+      <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="2" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="2" tint="-0.499984740745262"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
+    <font/>
   </fonts>
   <fills count="4">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF001F33"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
@@ -3041,62 +208,62 @@
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color theme="0" tint="-0.3499862666707358"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color theme="0" tint="-0.3499862666707358"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
@@ -3105,688 +272,726 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border/>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16"/>
   </cellStyleXfs>
-  <cellXfs count="30">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+  <cellXfs count="35">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" pivotButton="0" quotePrefix="0" xfId="3"/>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="4">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Hyperlink 2" xfId="2"/>
+    <cellStyle name="general_style" xfId="3" hidden="0"/>
   </cellStyles>
-  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.jpeg" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image4.jpeg" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image5.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image6.jpeg" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing4.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image7.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image8.jpeg" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image9.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image10.jpeg" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing6.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image11.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image12.jpeg" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...23 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>151944</rowOff>
+    </from>
+    <ext cx="1651000" cy="638631"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1" descr="Logo for the Federal Reserve Bank of New York."/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...27 lines deleted...]
-        <a:stretch>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>30163</rowOff>
+    </from>
+    <ext cx="1670051" cy="727792"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id=""/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="30163"/>
           <a:ext cx="1670051" cy="727792"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...23 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>151944</rowOff>
+    </from>
+    <ext cx="1651000" cy="638631"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background."/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...27 lines deleted...]
-        <a:stretch>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>30163</rowOff>
+    </from>
+    <ext cx="1670051" cy="727792"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background.">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="30163"/>
           <a:ext cx="1670051" cy="727792"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...23 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>151944</rowOff>
+    </from>
+    <ext cx="1651000" cy="638631"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background."/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...27 lines deleted...]
-        <a:stretch>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>30163</rowOff>
+    </from>
+    <ext cx="1670051" cy="727792"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background.">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="30163"/>
           <a:ext cx="1670051" cy="727792"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...23 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>151944</rowOff>
+    </from>
+    <ext cx="1651000" cy="638631"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background."/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...27 lines deleted...]
-        <a:stretch>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>30163</rowOff>
+    </from>
+    <ext cx="1670051" cy="727792"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background.">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="30163"/>
           <a:ext cx="1670051" cy="727792"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...23 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>151944</rowOff>
+    </from>
+    <ext cx="1651000" cy="638631"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background."/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...27 lines deleted...]
-        <a:stretch>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>30163</rowOff>
+    </from>
+    <ext cx="1670051" cy="727792"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background.">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="30163"/>
           <a:ext cx="1670051" cy="727792"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...23 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>151944</rowOff>
+    </from>
+    <ext cx="1651000" cy="638631"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background."/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...27 lines deleted...]
-        <a:stretch>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+  <oneCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>30163</rowOff>
+    </from>
+    <ext cx="1670051" cy="727792"/>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. Eagle with circle including words Federal Reserve Bank of New York light colored on dark blue background.">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="30163"/>
           <a:ext cx="1670051" cy="727792"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-        <a:ln>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </oneCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4040,14236 +1245,21989 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research.publications@ny.frb.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newyorkfed.org/research/tri-party-repo" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research.publications@ny.frb.org" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newyorkfed.org/research/tri-party-repo" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research.publications@ny.frb.org" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:research.publications@ny.frb.org" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId5"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing3.xml" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing4.xml" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing6.xml" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O631"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A2:O16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:15" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...751 lines deleted...]
-    <row r="631" s="4" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="1" customFormat="1" s="26"/>
+    <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
+      <c r="D2" s="25" t="inlineStr">
+        <is>
+          <t>NEW YORK FED  ECONOMIC RESEARCH</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
+    <row r="4" customFormat="1" s="26">
+      <c r="D4" s="21" t="inlineStr">
+        <is>
+          <t>https://www.newyorkfed.org/research</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" customFormat="1" s="3"/>
+    <row r="6" ht="45.75" customFormat="1" customHeight="1" s="12">
+      <c r="D6" s="13" t="n"/>
+      <c r="E6" s="13" t="n"/>
+      <c r="F6" s="13" t="n"/>
+      <c r="G6" s="13" t="n"/>
+      <c r="H6" s="13" t="n"/>
+      <c r="I6" s="13" t="n"/>
+      <c r="J6" s="13" t="n"/>
+      <c r="K6" s="13" t="n"/>
+      <c r="L6" s="13" t="n"/>
+      <c r="M6" s="13" t="n"/>
+    </row>
+    <row r="7" ht="48.95" customFormat="1" customHeight="1" s="15">
+      <c r="A7" s="14" t="n"/>
+      <c r="D7" s="28" t="inlineStr">
+        <is>
+          <t>Tri-Party/GCF Repo Statistics</t>
+        </is>
+      </c>
+      <c r="E7" s="29" t="n"/>
+      <c r="F7" s="29" t="n"/>
+      <c r="G7" s="29" t="n"/>
+      <c r="H7" s="29" t="n"/>
+      <c r="I7" s="29" t="n"/>
+      <c r="J7" s="29" t="n"/>
+      <c r="K7" s="29" t="n"/>
+      <c r="L7" s="29" t="n"/>
+      <c r="M7" s="29" t="n"/>
+      <c r="N7" s="30" t="n"/>
+    </row>
+    <row r="8" customFormat="1" s="5"/>
+    <row r="9" customFormat="1" s="23"/>
+    <row r="10" customFormat="1" s="23"/>
+    <row r="11" customFormat="1" s="23">
+      <c r="D11" s="31" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested citation:
+</t>
+        </is>
+      </c>
+      <c r="E11" s="32" t="n"/>
+      <c r="F11" s="32" t="n"/>
+      <c r="G11" s="32" t="n"/>
+      <c r="H11" s="32" t="n"/>
+      <c r="I11" s="32" t="n"/>
+      <c r="J11" s="32" t="n"/>
+      <c r="K11" s="32" t="n"/>
+      <c r="L11" s="32" t="n"/>
+      <c r="M11" s="32" t="n"/>
+      <c r="N11" s="32" t="n"/>
+      <c r="O11" s="33" t="n"/>
+    </row>
+    <row r="12" ht="38.1" customFormat="1" customHeight="1" s="23">
+      <c r="D12" s="22" t="inlineStr">
+        <is>
+          <t>Federal Reserve Bank of New York, Tri-Party/GCF Repo® Statistics, https://newyorkfed.org/research/tri-party-repo.</t>
+        </is>
+      </c>
+      <c r="M12" s="24" t="n"/>
+    </row>
+    <row r="13" ht="23.25" customFormat="1" customHeight="1" s="23">
+      <c r="B13" s="6" t="n"/>
+      <c r="C13" s="6" t="n"/>
+      <c r="D13" s="20" t="inlineStr">
+        <is>
+          <t>Source: Tri-party Repo Infrastructure Reform Task Force</t>
+        </is>
+      </c>
+      <c r="E13" s="3" t="n"/>
+      <c r="F13" s="3" t="n"/>
+      <c r="G13" s="3" t="n"/>
+      <c r="H13" s="3" t="n"/>
+      <c r="I13" s="3" t="n"/>
+      <c r="J13" s="3" t="n"/>
+    </row>
+    <row r="14" ht="23.25" customFormat="1" customHeight="1" s="23">
+      <c r="B14" s="6" t="n"/>
+      <c r="C14" s="6" t="n"/>
+      <c r="D14" s="19" t="n"/>
+      <c r="E14" s="3" t="n"/>
+      <c r="F14" s="3" t="n"/>
+      <c r="G14" s="3" t="n"/>
+      <c r="H14" s="3" t="n"/>
+      <c r="I14" s="3" t="n"/>
+      <c r="J14" s="3" t="n"/>
+    </row>
+    <row r="15" ht="23.25" customFormat="1" customHeight="1" s="23">
+      <c r="B15" s="6" t="n"/>
+      <c r="C15" s="6" t="n"/>
+      <c r="D15" s="18" t="inlineStr">
+        <is>
+          <t>For any questions, please contact New York Fed Research Publications.</t>
+        </is>
+      </c>
+      <c r="E15" s="17" t="n"/>
+      <c r="F15" s="17" t="n"/>
+      <c r="G15" s="16" t="n"/>
+      <c r="H15" s="16" t="n"/>
+      <c r="I15" s="16" t="n"/>
+      <c r="J15" s="16" t="n"/>
+    </row>
+    <row r="16" customFormat="1" s="23">
+      <c r="D16" s="16" t="inlineStr">
+        <is>
+          <t>Please refer to our Terms of Use.</t>
+        </is>
+      </c>
+      <c r="E16" s="16" t="n"/>
+      <c r="F16" s="16" t="n"/>
+      <c r="G16" s="16" t="n"/>
+      <c r="H16" s="16" t="n"/>
+      <c r="I16" s="16" t="n"/>
+      <c r="J16" s="16" t="n"/>
+    </row>
+    <row r="17" customFormat="1" s="23"/>
+    <row r="18" customFormat="1" s="23"/>
+    <row r="19" customFormat="1" s="23"/>
+    <row r="20" customFormat="1" s="23"/>
+    <row r="21" customFormat="1" s="23"/>
+    <row r="22" customFormat="1" s="23"/>
+    <row r="23" customFormat="1" s="23"/>
+    <row r="24" customFormat="1" s="23"/>
+    <row r="25" customFormat="1" s="23"/>
+    <row r="26" customFormat="1" s="23"/>
+    <row r="27" customFormat="1" s="23"/>
+    <row r="28" customFormat="1" s="23"/>
+    <row r="29" customFormat="1" s="23"/>
+    <row r="30" customFormat="1" s="23"/>
+    <row r="31" customFormat="1" s="23"/>
+    <row r="32" customFormat="1" s="23"/>
+    <row r="33" customFormat="1" s="23"/>
+    <row r="34" customFormat="1" s="23"/>
+    <row r="35" customFormat="1" s="23"/>
+    <row r="36" customFormat="1" s="23"/>
+    <row r="37" customFormat="1" s="23"/>
+    <row r="38" customFormat="1" s="23"/>
+    <row r="39" customFormat="1" s="23"/>
+    <row r="40" customFormat="1" s="23"/>
+    <row r="41" customFormat="1" s="23"/>
+    <row r="42" customFormat="1" s="23"/>
+    <row r="43" customFormat="1" s="23"/>
+    <row r="44" customFormat="1" s="23"/>
+    <row r="45" customFormat="1" s="23"/>
+    <row r="46" customFormat="1" s="23"/>
+    <row r="47" customFormat="1" s="23"/>
+    <row r="48" customFormat="1" s="23"/>
+    <row r="49" customFormat="1" s="23"/>
+    <row r="50" customFormat="1" s="23"/>
+    <row r="51" customFormat="1" s="23"/>
+    <row r="52" customFormat="1" s="23"/>
+    <row r="53" customFormat="1" s="23"/>
+    <row r="54" customFormat="1" s="23"/>
+    <row r="55" customFormat="1" s="23"/>
+    <row r="56" customFormat="1" s="23"/>
+    <row r="57" customFormat="1" s="23"/>
+    <row r="58" customFormat="1" s="23"/>
+    <row r="59" customFormat="1" s="23"/>
+    <row r="60" customFormat="1" s="23"/>
+    <row r="61" customFormat="1" s="23"/>
+    <row r="62" customFormat="1" s="23"/>
+    <row r="63" customFormat="1" s="23"/>
+    <row r="64" customFormat="1" s="23"/>
+    <row r="65" customFormat="1" s="23"/>
+    <row r="66" customFormat="1" s="23"/>
+    <row r="67" customFormat="1" s="23"/>
+    <row r="68" customFormat="1" s="23"/>
+    <row r="69" customFormat="1" s="23"/>
+    <row r="70" customFormat="1" s="23"/>
+    <row r="71" customFormat="1" s="23"/>
+    <row r="72" customFormat="1" s="23"/>
+    <row r="73" customFormat="1" s="23"/>
+    <row r="74" customFormat="1" s="23"/>
+    <row r="75" customFormat="1" s="23"/>
+    <row r="76" customFormat="1" s="23"/>
+    <row r="77" customFormat="1" s="23"/>
+    <row r="78" customFormat="1" s="23"/>
+    <row r="79" customFormat="1" s="23"/>
+    <row r="80" customFormat="1" s="23"/>
+    <row r="81" customFormat="1" s="23"/>
+    <row r="82" customFormat="1" s="23"/>
+    <row r="83" customFormat="1" s="23"/>
+    <row r="84" customFormat="1" s="23"/>
+    <row r="85" customFormat="1" s="23"/>
+    <row r="86" customFormat="1" s="23"/>
+    <row r="87" customFormat="1" s="23"/>
+    <row r="88" customFormat="1" s="23"/>
+    <row r="89" customFormat="1" s="23"/>
+    <row r="90" customFormat="1" s="23"/>
+    <row r="91" customFormat="1" s="23"/>
+    <row r="92" customFormat="1" s="23"/>
+    <row r="93" customFormat="1" s="23"/>
+    <row r="94" customFormat="1" s="23"/>
+    <row r="95" customFormat="1" s="23"/>
+    <row r="96" customFormat="1" s="23"/>
+    <row r="97" customFormat="1" s="23"/>
+    <row r="98" customFormat="1" s="23"/>
+    <row r="99" customFormat="1" s="23"/>
+    <row r="100" customFormat="1" s="23"/>
+    <row r="101" customFormat="1" s="23"/>
+    <row r="102" customFormat="1" s="23"/>
+    <row r="103" customFormat="1" s="23"/>
+    <row r="104" customFormat="1" s="23"/>
+    <row r="105" customFormat="1" s="23"/>
+    <row r="106" customFormat="1" s="23"/>
+    <row r="107" customFormat="1" s="23"/>
+    <row r="108" customFormat="1" s="23"/>
+    <row r="109" customFormat="1" s="23"/>
+    <row r="110" customFormat="1" s="23"/>
+    <row r="111" customFormat="1" s="23"/>
+    <row r="112" customFormat="1" s="23"/>
+    <row r="113" customFormat="1" s="23"/>
+    <row r="114" customFormat="1" s="23"/>
+    <row r="115" customFormat="1" s="23"/>
+    <row r="116" customFormat="1" s="23"/>
+    <row r="117" customFormat="1" s="23"/>
+    <row r="118" customFormat="1" s="23"/>
+    <row r="119" customFormat="1" s="23"/>
+    <row r="120" customFormat="1" s="23"/>
+    <row r="121" customFormat="1" s="23"/>
+    <row r="122" customFormat="1" s="23"/>
+    <row r="123" customFormat="1" s="23"/>
+    <row r="124" customFormat="1" s="23"/>
+    <row r="125" customFormat="1" s="23"/>
+    <row r="126" customFormat="1" s="23"/>
+    <row r="127" customFormat="1" s="23"/>
+    <row r="128" customFormat="1" s="23"/>
+    <row r="129" customFormat="1" s="23"/>
+    <row r="130" customFormat="1" s="23"/>
+    <row r="131" customFormat="1" s="23"/>
+    <row r="132" customFormat="1" s="23"/>
+    <row r="133" customFormat="1" s="23"/>
+    <row r="134" customFormat="1" s="23"/>
+    <row r="135" customFormat="1" s="23"/>
+    <row r="136" customFormat="1" s="23"/>
+    <row r="137" customFormat="1" s="23"/>
+    <row r="138" customFormat="1" s="23"/>
+    <row r="139" customFormat="1" s="23"/>
+    <row r="140" customFormat="1" s="23"/>
+    <row r="141" customFormat="1" s="23"/>
+    <row r="142" customFormat="1" s="23"/>
+    <row r="143" customFormat="1" s="23"/>
+    <row r="144" customFormat="1" s="23"/>
+    <row r="145" customFormat="1" s="23"/>
+    <row r="146" customFormat="1" s="23"/>
+    <row r="147" customFormat="1" s="23"/>
+    <row r="148" customFormat="1" s="23"/>
+    <row r="149" customFormat="1" s="23"/>
+    <row r="150" customFormat="1" s="23"/>
+    <row r="151" customFormat="1" s="23"/>
+    <row r="152" customFormat="1" s="23"/>
+    <row r="153" customFormat="1" s="23"/>
+    <row r="154" customFormat="1" s="23"/>
+    <row r="155" customFormat="1" s="23"/>
+    <row r="156" customFormat="1" s="23"/>
+    <row r="157" customFormat="1" s="23"/>
+    <row r="158" customFormat="1" s="23"/>
+    <row r="159" customFormat="1" s="23"/>
+    <row r="160" customFormat="1" s="23"/>
+    <row r="161" customFormat="1" s="23"/>
+    <row r="162" customFormat="1" s="23"/>
+    <row r="163" customFormat="1" s="23"/>
+    <row r="164" customFormat="1" s="23"/>
+    <row r="165" customFormat="1" s="23"/>
+    <row r="166" customFormat="1" s="23"/>
+    <row r="167" customFormat="1" s="23"/>
+    <row r="168" customFormat="1" s="23"/>
+    <row r="169" customFormat="1" s="23"/>
+    <row r="170" customFormat="1" s="23"/>
+    <row r="171" customFormat="1" s="23"/>
+    <row r="172" customFormat="1" s="23"/>
+    <row r="173" customFormat="1" s="23"/>
+    <row r="174" customFormat="1" s="23"/>
+    <row r="175" customFormat="1" s="23"/>
+    <row r="176" customFormat="1" s="23"/>
+    <row r="177" customFormat="1" s="23"/>
+    <row r="178" customFormat="1" s="23"/>
+    <row r="179" customFormat="1" s="23"/>
+    <row r="180" customFormat="1" s="23"/>
+    <row r="181" customFormat="1" s="23"/>
+    <row r="182" customFormat="1" s="23"/>
+    <row r="183" customFormat="1" s="23"/>
+    <row r="184" customFormat="1" s="23"/>
+    <row r="185" customFormat="1" s="23"/>
+    <row r="186" customFormat="1" s="23"/>
+    <row r="187" customFormat="1" s="23"/>
+    <row r="188" customFormat="1" s="23"/>
+    <row r="189" customFormat="1" s="23"/>
+    <row r="190" customFormat="1" s="23"/>
+    <row r="191" customFormat="1" s="23"/>
+    <row r="192" customFormat="1" s="23"/>
+    <row r="193" customFormat="1" s="23"/>
+    <row r="194" customFormat="1" s="23"/>
+    <row r="195" customFormat="1" s="23"/>
+    <row r="196" customFormat="1" s="23"/>
+    <row r="197" customFormat="1" s="23"/>
+    <row r="198" customFormat="1" s="23"/>
+    <row r="199" customFormat="1" s="23"/>
+    <row r="200" customFormat="1" s="23"/>
+    <row r="201" customFormat="1" s="23"/>
+    <row r="202" customFormat="1" s="23"/>
+    <row r="203" customFormat="1" s="23"/>
+    <row r="204" customFormat="1" s="23"/>
+    <row r="205" customFormat="1" s="23"/>
+    <row r="206" customFormat="1" s="23"/>
+    <row r="207" customFormat="1" s="23"/>
+    <row r="208" customFormat="1" s="23"/>
+    <row r="209" customFormat="1" s="23"/>
+    <row r="210" customFormat="1" s="23"/>
+    <row r="211" customFormat="1" s="23"/>
+    <row r="212" customFormat="1" s="23"/>
+    <row r="213" customFormat="1" s="23"/>
+    <row r="214" customFormat="1" s="23"/>
+    <row r="215" customFormat="1" s="23"/>
+    <row r="216" customFormat="1" s="23"/>
+    <row r="217" customFormat="1" s="23"/>
+    <row r="218" customFormat="1" s="23"/>
+    <row r="219" customFormat="1" s="23"/>
+    <row r="220" customFormat="1" s="23"/>
+    <row r="221" customFormat="1" s="23"/>
+    <row r="222" customFormat="1" s="23"/>
+    <row r="223" customFormat="1" s="23"/>
+    <row r="224" customFormat="1" s="23"/>
+    <row r="225" customFormat="1" s="23"/>
+    <row r="226" customFormat="1" s="23"/>
+    <row r="227" customFormat="1" s="23"/>
+    <row r="228" customFormat="1" s="23"/>
+    <row r="229" customFormat="1" s="23"/>
+    <row r="230" customFormat="1" s="23"/>
+    <row r="231" customFormat="1" s="23"/>
+    <row r="232" customFormat="1" s="23"/>
+    <row r="233" customFormat="1" s="23"/>
+    <row r="234" customFormat="1" s="23"/>
+    <row r="235" customFormat="1" s="23"/>
+    <row r="236" customFormat="1" s="23"/>
+    <row r="237" customFormat="1" s="23"/>
+    <row r="238" customFormat="1" s="23"/>
+    <row r="239" customFormat="1" s="23"/>
+    <row r="240" customFormat="1" s="23"/>
+    <row r="241" customFormat="1" s="23"/>
+    <row r="242" customFormat="1" s="23"/>
+    <row r="243" customFormat="1" s="23"/>
+    <row r="244" customFormat="1" s="23"/>
+    <row r="245" customFormat="1" s="23"/>
+    <row r="246" customFormat="1" s="23"/>
+    <row r="247" customFormat="1" s="23"/>
+    <row r="248" customFormat="1" s="23"/>
+    <row r="249" customFormat="1" s="23"/>
+    <row r="250" customFormat="1" s="23"/>
+    <row r="251" customFormat="1" s="23"/>
+    <row r="252" customFormat="1" s="23"/>
+    <row r="253" customFormat="1" s="23"/>
+    <row r="254" customFormat="1" s="23"/>
+    <row r="255" customFormat="1" s="23"/>
+    <row r="256" customFormat="1" s="23"/>
+    <row r="257" customFormat="1" s="23"/>
+    <row r="258" customFormat="1" s="23"/>
+    <row r="259" customFormat="1" s="23"/>
+    <row r="260" customFormat="1" s="23"/>
+    <row r="261" customFormat="1" s="23"/>
+    <row r="262" customFormat="1" s="23"/>
+    <row r="263" customFormat="1" s="23"/>
+    <row r="264" customFormat="1" s="23"/>
+    <row r="265" customFormat="1" s="23"/>
+    <row r="266" customFormat="1" s="23"/>
+    <row r="267" customFormat="1" s="23"/>
+    <row r="268" customFormat="1" s="23"/>
+    <row r="269" customFormat="1" s="23"/>
+    <row r="270" customFormat="1" s="23"/>
+    <row r="271" customFormat="1" s="23"/>
+    <row r="272" customFormat="1" s="23"/>
+    <row r="273" customFormat="1" s="23"/>
+    <row r="274" customFormat="1" s="23"/>
+    <row r="275" customFormat="1" s="23"/>
+    <row r="276" customFormat="1" s="23"/>
+    <row r="277" customFormat="1" s="23"/>
+    <row r="278" customFormat="1" s="23"/>
+    <row r="279" customFormat="1" s="23"/>
+    <row r="280" customFormat="1" s="23"/>
+    <row r="281" customFormat="1" s="23"/>
+    <row r="282" customFormat="1" s="23"/>
+    <row r="283" customFormat="1" s="23"/>
+    <row r="284" customFormat="1" s="23"/>
+    <row r="285" customFormat="1" s="23"/>
+    <row r="286" customFormat="1" s="23"/>
+    <row r="287" customFormat="1" s="23"/>
+    <row r="288" customFormat="1" s="23"/>
+    <row r="289" customFormat="1" s="23"/>
+    <row r="290" customFormat="1" s="23"/>
+    <row r="291" customFormat="1" s="23"/>
+    <row r="292" customFormat="1" s="23"/>
+    <row r="293" customFormat="1" s="23"/>
+    <row r="294" customFormat="1" s="23"/>
+    <row r="295" customFormat="1" s="23"/>
+    <row r="296" customFormat="1" s="23"/>
+    <row r="297" customFormat="1" s="23"/>
+    <row r="298" customFormat="1" s="23"/>
+    <row r="299" customFormat="1" s="23"/>
+    <row r="300" customFormat="1" s="23"/>
+    <row r="301" customFormat="1" s="23"/>
+    <row r="302" customFormat="1" s="23"/>
+    <row r="303" customFormat="1" s="23"/>
+    <row r="304" customFormat="1" s="23"/>
+    <row r="305" customFormat="1" s="23"/>
+    <row r="306" customFormat="1" s="23"/>
+    <row r="307" customFormat="1" s="23"/>
+    <row r="308" customFormat="1" s="23"/>
+    <row r="309" customFormat="1" s="23"/>
+    <row r="310" customFormat="1" s="23"/>
+    <row r="311" customFormat="1" s="23"/>
+    <row r="312" customFormat="1" s="23"/>
+    <row r="313" customFormat="1" s="23"/>
+    <row r="314" customFormat="1" s="23"/>
+    <row r="315" customFormat="1" s="23"/>
+    <row r="316" customFormat="1" s="23"/>
+    <row r="317" customFormat="1" s="23"/>
+    <row r="318" customFormat="1" s="23"/>
+    <row r="319" customFormat="1" s="23"/>
+    <row r="320" customFormat="1" s="23"/>
+    <row r="321" customFormat="1" s="23"/>
+    <row r="322" customFormat="1" s="23"/>
+    <row r="323" customFormat="1" s="23"/>
+    <row r="324" customFormat="1" s="23"/>
+    <row r="325" customFormat="1" s="23"/>
+    <row r="326" customFormat="1" s="23"/>
+    <row r="327" customFormat="1" s="23"/>
+    <row r="328" customFormat="1" s="23"/>
+    <row r="329" customFormat="1" s="23"/>
+    <row r="330" customFormat="1" s="23"/>
+    <row r="331" customFormat="1" s="23"/>
+    <row r="332" customFormat="1" s="23"/>
+    <row r="333" customFormat="1" s="23"/>
+    <row r="334" customFormat="1" s="23"/>
+    <row r="335" customFormat="1" s="23"/>
+    <row r="336" customFormat="1" s="23"/>
+    <row r="337" customFormat="1" s="23"/>
+    <row r="338" customFormat="1" s="23"/>
+    <row r="339" customFormat="1" s="23"/>
+    <row r="340" customFormat="1" s="23"/>
+    <row r="341" customFormat="1" s="23"/>
+    <row r="342" customFormat="1" s="23"/>
+    <row r="343" customFormat="1" s="23"/>
+    <row r="344" customFormat="1" s="23"/>
+    <row r="345" customFormat="1" s="23"/>
+    <row r="346" customFormat="1" s="23"/>
+    <row r="347" customFormat="1" s="23"/>
+    <row r="348" customFormat="1" s="23"/>
+    <row r="349" customFormat="1" s="23"/>
+    <row r="350" customFormat="1" s="23"/>
+    <row r="351" customFormat="1" s="23"/>
+    <row r="352" customFormat="1" s="23"/>
+    <row r="353" customFormat="1" s="23"/>
+    <row r="354" customFormat="1" s="23"/>
+    <row r="355" customFormat="1" s="23"/>
+    <row r="356" customFormat="1" s="23"/>
+    <row r="357" customFormat="1" s="23"/>
+    <row r="358" customFormat="1" s="23"/>
+    <row r="359" customFormat="1" s="23"/>
+    <row r="360" customFormat="1" s="23"/>
+    <row r="361" customFormat="1" s="23"/>
+    <row r="362" customFormat="1" s="23"/>
+    <row r="363" customFormat="1" s="23"/>
+    <row r="364" customFormat="1" s="23"/>
+    <row r="365" customFormat="1" s="23"/>
+    <row r="366" customFormat="1" s="23"/>
+    <row r="367" customFormat="1" s="23"/>
+    <row r="368" customFormat="1" s="23"/>
+    <row r="369" customFormat="1" s="23"/>
+    <row r="370" customFormat="1" s="23"/>
+    <row r="371" customFormat="1" s="23"/>
+    <row r="372" customFormat="1" s="23"/>
+    <row r="373" customFormat="1" s="23"/>
+    <row r="374" customFormat="1" s="23"/>
+    <row r="375" customFormat="1" s="23"/>
+    <row r="376" customFormat="1" s="23"/>
+    <row r="377" customFormat="1" s="23"/>
+    <row r="378" customFormat="1" s="23"/>
+    <row r="379" customFormat="1" s="23"/>
+    <row r="380" customFormat="1" s="23"/>
+    <row r="381" customFormat="1" s="23"/>
+    <row r="382" customFormat="1" s="23"/>
+    <row r="383" customFormat="1" s="23"/>
+    <row r="384" customFormat="1" s="23"/>
+    <row r="385" customFormat="1" s="23"/>
+    <row r="386" customFormat="1" s="23"/>
+    <row r="387" customFormat="1" s="23"/>
+    <row r="388" customFormat="1" s="23"/>
+    <row r="389" customFormat="1" s="23"/>
+    <row r="390" customFormat="1" s="23"/>
+    <row r="391" customFormat="1" s="23"/>
+    <row r="392" customFormat="1" s="23"/>
+    <row r="393" customFormat="1" s="23"/>
+    <row r="394" customFormat="1" s="23"/>
+    <row r="395" customFormat="1" s="23"/>
+    <row r="396" customFormat="1" s="23"/>
+    <row r="397" customFormat="1" s="23"/>
+    <row r="398" customFormat="1" s="23"/>
+    <row r="399" customFormat="1" s="23"/>
+    <row r="400" customFormat="1" s="23"/>
+    <row r="401" customFormat="1" s="23"/>
+    <row r="402" customFormat="1" s="23"/>
+    <row r="403" customFormat="1" s="23"/>
+    <row r="404" customFormat="1" s="23"/>
+    <row r="405" customFormat="1" s="23"/>
+    <row r="406" customFormat="1" s="23"/>
+    <row r="407" customFormat="1" s="23"/>
+    <row r="408" customFormat="1" s="23"/>
+    <row r="409" customFormat="1" s="23"/>
+    <row r="410" customFormat="1" s="23"/>
+    <row r="411" customFormat="1" s="23"/>
+    <row r="412" customFormat="1" s="23"/>
+    <row r="413" customFormat="1" s="23"/>
+    <row r="414" customFormat="1" s="23"/>
+    <row r="415" customFormat="1" s="23"/>
+    <row r="416" customFormat="1" s="23"/>
+    <row r="417" customFormat="1" s="23"/>
+    <row r="418" customFormat="1" s="23"/>
+    <row r="419" customFormat="1" s="23"/>
+    <row r="420" customFormat="1" s="23"/>
+    <row r="421" customFormat="1" s="23"/>
+    <row r="422" customFormat="1" s="23"/>
+    <row r="423" customFormat="1" s="23"/>
+    <row r="424" customFormat="1" s="23"/>
+    <row r="425" customFormat="1" s="23"/>
+    <row r="426" customFormat="1" s="23"/>
+    <row r="427" customFormat="1" s="23"/>
+    <row r="428" customFormat="1" s="23"/>
+    <row r="429" customFormat="1" s="23"/>
+    <row r="430" customFormat="1" s="23"/>
+    <row r="431" customFormat="1" s="23"/>
+    <row r="432" customFormat="1" s="23"/>
+    <row r="433" customFormat="1" s="23"/>
+    <row r="434" customFormat="1" s="23"/>
+    <row r="435" customFormat="1" s="23"/>
+    <row r="436" customFormat="1" s="23"/>
+    <row r="437" customFormat="1" s="23"/>
+    <row r="438" customFormat="1" s="23"/>
+    <row r="439" customFormat="1" s="23"/>
+    <row r="440" customFormat="1" s="23"/>
+    <row r="441" customFormat="1" s="23"/>
+    <row r="442" customFormat="1" s="23"/>
+    <row r="443" customFormat="1" s="23"/>
+    <row r="444" customFormat="1" s="23"/>
+    <row r="445" customFormat="1" s="23"/>
+    <row r="446" customFormat="1" s="23"/>
+    <row r="447" customFormat="1" s="23"/>
+    <row r="448" customFormat="1" s="23"/>
+    <row r="449" customFormat="1" s="23"/>
+    <row r="450" customFormat="1" s="23"/>
+    <row r="451" customFormat="1" s="23"/>
+    <row r="452" customFormat="1" s="23"/>
+    <row r="453" customFormat="1" s="23"/>
+    <row r="454" customFormat="1" s="23"/>
+    <row r="455" customFormat="1" s="23"/>
+    <row r="456" customFormat="1" s="23"/>
+    <row r="457" customFormat="1" s="23"/>
+    <row r="458" customFormat="1" s="23"/>
+    <row r="459" customFormat="1" s="23"/>
+    <row r="460" customFormat="1" s="23"/>
+    <row r="461" customFormat="1" s="23"/>
+    <row r="462" customFormat="1" s="23"/>
+    <row r="463" customFormat="1" s="23"/>
+    <row r="464" customFormat="1" s="23"/>
+    <row r="465" customFormat="1" s="23"/>
+    <row r="466" customFormat="1" s="23"/>
+    <row r="467" customFormat="1" s="23"/>
+    <row r="468" customFormat="1" s="23"/>
+    <row r="469" customFormat="1" s="23"/>
+    <row r="470" customFormat="1" s="23"/>
+    <row r="471" customFormat="1" s="23"/>
+    <row r="472" customFormat="1" s="23"/>
+    <row r="473" customFormat="1" s="23"/>
+    <row r="474" customFormat="1" s="23"/>
+    <row r="475" customFormat="1" s="23"/>
+    <row r="476" customFormat="1" s="23"/>
+    <row r="477" customFormat="1" s="23"/>
+    <row r="478" customFormat="1" s="23"/>
+    <row r="479" customFormat="1" s="23"/>
+    <row r="480" customFormat="1" s="23"/>
+    <row r="481" customFormat="1" s="23"/>
+    <row r="482" customFormat="1" s="23"/>
+    <row r="483" customFormat="1" s="23"/>
+    <row r="484" customFormat="1" s="23"/>
+    <row r="485" customFormat="1" s="23"/>
+    <row r="486" customFormat="1" s="23"/>
+    <row r="487" customFormat="1" s="23"/>
+    <row r="488" customFormat="1" s="23"/>
+    <row r="489" customFormat="1" s="23"/>
+    <row r="490" customFormat="1" s="23"/>
+    <row r="491" customFormat="1" s="23"/>
+    <row r="492" customFormat="1" s="23"/>
+    <row r="493" customFormat="1" s="23"/>
+    <row r="494" customFormat="1" s="23"/>
+    <row r="495" customFormat="1" s="23"/>
+    <row r="496" customFormat="1" s="23"/>
+    <row r="497" customFormat="1" s="23"/>
+    <row r="498" customFormat="1" s="23"/>
+    <row r="499" customFormat="1" s="23"/>
+    <row r="500" customFormat="1" s="23"/>
+    <row r="501" customFormat="1" s="23"/>
+    <row r="502" customFormat="1" s="23"/>
+    <row r="503" customFormat="1" s="23"/>
+    <row r="504" customFormat="1" s="23"/>
+    <row r="505" customFormat="1" s="23"/>
+    <row r="506" customFormat="1" s="23"/>
+    <row r="507" customFormat="1" s="23"/>
+    <row r="508" customFormat="1" s="23"/>
+    <row r="509" customFormat="1" s="23"/>
+    <row r="510" customFormat="1" s="23"/>
+    <row r="511" customFormat="1" s="23"/>
+    <row r="512" customFormat="1" s="23"/>
+    <row r="513" customFormat="1" s="23"/>
+    <row r="514" customFormat="1" s="23"/>
+    <row r="515" customFormat="1" s="23"/>
+    <row r="516" customFormat="1" s="23"/>
+    <row r="517" customFormat="1" s="23"/>
+    <row r="518" customFormat="1" s="23"/>
+    <row r="519" customFormat="1" s="23"/>
+    <row r="520" customFormat="1" s="23"/>
+    <row r="521" customFormat="1" s="23"/>
+    <row r="522" customFormat="1" s="23"/>
+    <row r="523" customFormat="1" s="23"/>
+    <row r="524" customFormat="1" s="23"/>
+    <row r="525" customFormat="1" s="23"/>
+    <row r="526" customFormat="1" s="23"/>
+    <row r="527" customFormat="1" s="23"/>
+    <row r="528" customFormat="1" s="23"/>
+    <row r="529" customFormat="1" s="23"/>
+    <row r="530" customFormat="1" s="23"/>
+    <row r="531" customFormat="1" s="23"/>
+    <row r="532" customFormat="1" s="23"/>
+    <row r="533" customFormat="1" s="23"/>
+    <row r="534" customFormat="1" s="23"/>
+    <row r="535" customFormat="1" s="23"/>
+    <row r="536" customFormat="1" s="23"/>
+    <row r="537" customFormat="1" s="23"/>
+    <row r="538" customFormat="1" s="23"/>
+    <row r="539" customFormat="1" s="23"/>
+    <row r="540" customFormat="1" s="23"/>
+    <row r="541" customFormat="1" s="23"/>
+    <row r="542" customFormat="1" s="23"/>
+    <row r="543" customFormat="1" s="23"/>
+    <row r="544" customFormat="1" s="23"/>
+    <row r="545" customFormat="1" s="23"/>
+    <row r="546" customFormat="1" s="23"/>
+    <row r="547" customFormat="1" s="23"/>
+    <row r="548" customFormat="1" s="23"/>
+    <row r="549" customFormat="1" s="23"/>
+    <row r="550" customFormat="1" s="23"/>
+    <row r="551" customFormat="1" s="23"/>
+    <row r="552" customFormat="1" s="23"/>
+    <row r="553" customFormat="1" s="23"/>
+    <row r="554" customFormat="1" s="23"/>
+    <row r="555" customFormat="1" s="23"/>
+    <row r="556" customFormat="1" s="23"/>
+    <row r="557" customFormat="1" s="23"/>
+    <row r="558" customFormat="1" s="23"/>
+    <row r="559" customFormat="1" s="23"/>
+    <row r="560" customFormat="1" s="23"/>
+    <row r="561" customFormat="1" s="23"/>
+    <row r="562" customFormat="1" s="23"/>
+    <row r="563" customFormat="1" s="23"/>
+    <row r="564" customFormat="1" s="23"/>
+    <row r="565" customFormat="1" s="23"/>
+    <row r="566" customFormat="1" s="23"/>
+    <row r="567" customFormat="1" s="23"/>
+    <row r="568" customFormat="1" s="23"/>
+    <row r="569" customFormat="1" s="23"/>
+    <row r="570" customFormat="1" s="23"/>
+    <row r="571" customFormat="1" s="23"/>
+    <row r="572" customFormat="1" s="23"/>
+    <row r="573" customFormat="1" s="23"/>
+    <row r="574" customFormat="1" s="23"/>
+    <row r="575" customFormat="1" s="23"/>
+    <row r="576" customFormat="1" s="23"/>
+    <row r="577" customFormat="1" s="23"/>
+    <row r="578" customFormat="1" s="23"/>
+    <row r="579" customFormat="1" s="23"/>
+    <row r="580" customFormat="1" s="23"/>
+    <row r="581" customFormat="1" s="23"/>
+    <row r="582" customFormat="1" s="23"/>
+    <row r="583" customFormat="1" s="23"/>
+    <row r="584" customFormat="1" s="23"/>
+    <row r="585" customFormat="1" s="23"/>
+    <row r="586" customFormat="1" s="23"/>
+    <row r="587" customFormat="1" s="23"/>
+    <row r="588" customFormat="1" s="23"/>
+    <row r="589" customFormat="1" s="23"/>
+    <row r="590" customFormat="1" s="23"/>
+    <row r="591" customFormat="1" s="23"/>
+    <row r="592" customFormat="1" s="23"/>
+    <row r="593" customFormat="1" s="23"/>
+    <row r="594" customFormat="1" s="23"/>
+    <row r="595" customFormat="1" s="23"/>
+    <row r="596" customFormat="1" s="23"/>
+    <row r="597" customFormat="1" s="23"/>
+    <row r="598" customFormat="1" s="23"/>
+    <row r="599" customFormat="1" s="23"/>
+    <row r="600" customFormat="1" s="23"/>
+    <row r="601" customFormat="1" s="23"/>
+    <row r="602" customFormat="1" s="23"/>
+    <row r="603" customFormat="1" s="23"/>
+    <row r="604" customFormat="1" s="23"/>
+    <row r="605" customFormat="1" s="23"/>
+    <row r="606" customFormat="1" s="23"/>
+    <row r="607" customFormat="1" s="23"/>
+    <row r="608" customFormat="1" s="23"/>
+    <row r="609" customFormat="1" s="23"/>
+    <row r="610" customFormat="1" s="23"/>
+    <row r="611" customFormat="1" s="23"/>
+    <row r="612" customFormat="1" s="23"/>
+    <row r="613" customFormat="1" s="23"/>
+    <row r="614" customFormat="1" s="23"/>
+    <row r="615" customFormat="1" s="23"/>
+    <row r="616" customFormat="1" s="23"/>
+    <row r="617" customFormat="1" s="23"/>
+    <row r="618" customFormat="1" s="23"/>
+    <row r="619" customFormat="1" s="23"/>
+    <row r="620" customFormat="1" s="23"/>
+    <row r="621" customFormat="1" s="23"/>
+    <row r="622" customFormat="1" s="23"/>
+    <row r="623" customFormat="1" s="23"/>
+    <row r="624" customFormat="1" s="23"/>
+    <row r="625" customFormat="1" s="23"/>
+    <row r="626" customFormat="1" s="23"/>
+    <row r="627" customFormat="1" s="23"/>
+    <row r="628" customFormat="1" s="23"/>
+    <row r="629" customFormat="1" s="23"/>
+    <row r="630" customFormat="1" s="23"/>
+    <row r="631" ht="14.25" customFormat="1" customHeight="1" s="23"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D12:M12"/>
     <mergeCell ref="D2:K3"/>
     <mergeCell ref="D11:O11"/>
     <mergeCell ref="D7:N7"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="D16" r:id="rId4" display="For any questions, please contact New York Fed Research Publications." xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D7" r:id="rId2"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D15" r:id="rId3"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D16" display="For any questions, please contact New York Fed Research Publications." r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId5"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:L282"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A2:L305"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:12" s="1" customFormat="1" ht="13.7" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="D2" s="24" t="s">
+    <row r="1" ht="13.7" customFormat="1" customHeight="1" s="26"/>
+    <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
+      <c r="D2" s="25" t="inlineStr">
+        <is>
+          <t>NEW YORK FED  ECONOMIC RESEARCH</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
+    <row r="4" customFormat="1" s="26">
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>https://www.newyorkfed.org/research</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" customFormat="1" s="3"/>
+    <row r="6" ht="15.75" customHeight="1">
+      <c r="A6" s="7" t="inlineStr">
+        <is>
+          <t>date</t>
+        </is>
+      </c>
+      <c r="B6" s="34" t="inlineStr">
+        <is>
+          <t>group_id</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>group_name</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>collateral_value</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>share_of_total</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>top_3_concentration</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>p10</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>median</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>p90</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>fedwire</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>num_obs</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>margin_stdev</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="8" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B7" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>76.14</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>2.2</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>38.4</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J7" t="n">
+        <v>1</v>
+      </c>
+      <c r="K7" t="n">
+        <v>732</v>
+      </c>
+      <c r="L7" t="n">
+        <v>4.625026746970398</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B8" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>34.99</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>26.6</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J8" t="n">
+        <v>1</v>
+      </c>
+      <c r="K8" t="n">
+        <v>900</v>
+      </c>
+      <c r="L8" t="n">
+        <v>1.76961288327697</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B9" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C9" s="9" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>683.03</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>19.9</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>27.3</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J9" t="n">
+        <v>1</v>
+      </c>
+      <c r="K9" t="n">
+        <v>2105</v>
+      </c>
+      <c r="L9" t="n">
+        <v>0.6498878704268253</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B10" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C10" s="9" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>94.44</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>2.7</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>45.7</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>1.9</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>2.4</t>
+        </is>
+      </c>
+      <c r="J10" t="n">
+        <v>1</v>
+      </c>
+      <c r="K10" t="n">
+        <v>931</v>
+      </c>
+      <c r="L10" t="n">
+        <v>0.6756274926922871</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B11" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C11" s="9" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>1512.54</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>44.0</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>28.3</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J11" t="n">
+        <v>1</v>
+      </c>
+      <c r="K11" t="n">
+        <v>4946</v>
+      </c>
+      <c r="L11" t="n">
+        <v>0.4397201623620609</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B12" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C12" s="9" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>20.28</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>47.3</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J12" t="n">
         <v>0</v>
       </c>
-      <c r="E2" s="25"/>
-[...18 lines deleted...]
-      <c r="D4" s="2" t="s">
+      <c r="K12" t="n">
+        <v>383</v>
+      </c>
+      <c r="L12" t="n">
+        <v>2.796168830771521</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B13" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C13" s="9" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>14.42</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>47.9</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J13" t="n">
+        <v>0</v>
+      </c>
+      <c r="K13" t="n">
+        <v>379</v>
+      </c>
+      <c r="L13" t="n">
+        <v>5.459924278836215</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B14" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C14" s="9" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>15.61</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>57.2</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J14" t="n">
+        <v>0</v>
+      </c>
+      <c r="K14" t="n">
+        <v>290</v>
+      </c>
+      <c r="L14" t="n">
+        <v>3.180600603736742</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B15" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C15" s="9" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>17.23</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>68.6</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J15" t="n">
+        <v>0</v>
+      </c>
+      <c r="K15" t="n">
+        <v>433</v>
+      </c>
+      <c r="L15" t="n">
+        <v>4.682861885802596</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B16" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C16" s="9" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>112.12</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>3.3</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>37.5</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>7.9</t>
+        </is>
+      </c>
+      <c r="J16" t="n">
+        <v>0</v>
+      </c>
+      <c r="K16" t="n">
+        <v>950</v>
+      </c>
+      <c r="L16" t="n">
+        <v>1.740544530272201</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B17" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C17" s="9" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>50.63</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>55.0</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J17" t="n">
+        <v>0</v>
+      </c>
+      <c r="K17" t="n">
+        <v>676</v>
+      </c>
+      <c r="L17" t="n">
+        <v>3.362695533904691</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B18" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C18" s="9" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>219.26</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>42.6</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>11.1</t>
+        </is>
+      </c>
+      <c r="J18" t="n">
+        <v>0</v>
+      </c>
+      <c r="K18" t="n">
+        <v>1460</v>
+      </c>
+      <c r="L18" t="n">
+        <v>2.839091239862038</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B19" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C19" s="9" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>0.13</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>74.7</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="J19" t="n">
+        <v>0</v>
+      </c>
+      <c r="K19" t="n">
+        <v>47</v>
+      </c>
+      <c r="L19" t="n">
+        <v>1.102517572464889</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B20" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C20" s="9" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>10.33</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>69.1</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J20" t="n">
+        <v>0</v>
+      </c>
+      <c r="K20" t="n">
+        <v>169</v>
+      </c>
+      <c r="L20" t="n">
+        <v>1.113476198876056</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B21" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C21" s="9" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>12.92</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>45.8</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>8.8</t>
+        </is>
+      </c>
+      <c r="J21" t="n">
+        <v>0</v>
+      </c>
+      <c r="K21" t="n">
+        <v>185</v>
+      </c>
+      <c r="L21" t="n">
+        <v>2.417429904406025</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B22" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C22" s="9" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>4.90</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J22" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B23" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C23" s="9" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>2958.41</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>86.1</t>
+        </is>
+      </c>
+      <c r="J23" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:12" s="3" customFormat="1" x14ac:dyDescent="0.25"/>
-[...4 lines deleted...]
-      <c r="B6" t="s">
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B24" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C24" s="11" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>477.82</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>13.9</t>
+        </is>
+      </c>
+      <c r="J24" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B25" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C25" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>3436.23</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B26" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>382.41</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>11.1</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>52.7</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="J26" t="n">
+        <v>1</v>
+      </c>
+      <c r="K26" t="n">
+        <v>326</v>
+      </c>
+      <c r="L26" t="n">
+        <v>0.3308543004738925</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B27" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>174.86</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J27" t="n">
+        <v>1</v>
+      </c>
+      <c r="K27" t="n">
+        <v>51</v>
+      </c>
+      <c r="L27" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B28" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>15274.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B29" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>8304.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B30" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>77.10</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>39.2</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J30" t="n">
+        <v>1</v>
+      </c>
+      <c r="K30" t="n">
+        <v>669</v>
+      </c>
+      <c r="L30" t="n">
+        <v>4.816821987507711</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B31" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>40.08</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>30.8</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J31" t="n">
+        <v>1</v>
+      </c>
+      <c r="K31" t="n">
+        <v>848</v>
+      </c>
+      <c r="L31" t="n">
+        <v>1.80424415774152</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B32" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>685.84</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>20.1</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>30.3</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J32" t="n">
+        <v>1</v>
+      </c>
+      <c r="K32" t="n">
+        <v>1972</v>
+      </c>
+      <c r="L32" t="n">
+        <v>0.6153547457515713</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B33" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>84.90</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>50.6</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>1.9</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J33" t="n">
+        <v>1</v>
+      </c>
+      <c r="K33" t="n">
+        <v>786</v>
+      </c>
+      <c r="L33" t="n">
+        <v>0.7827746220742869</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B34" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>1510.08</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>44.2</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>29.1</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J34" t="n">
+        <v>1</v>
+      </c>
+      <c r="K34" t="n">
+        <v>4675</v>
+      </c>
+      <c r="L34" t="n">
+        <v>0.4431582047505337</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B35" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>19.31</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>44.2</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J35" t="n">
+        <v>0</v>
+      </c>
+      <c r="K35" t="n">
+        <v>362</v>
+      </c>
+      <c r="L35" t="n">
+        <v>2.824894028974613</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B36" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>15.54</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>53.7</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J36" t="n">
+        <v>0</v>
+      </c>
+      <c r="K36" t="n">
+        <v>391</v>
+      </c>
+      <c r="L36" t="n">
+        <v>5.373118283686141</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B37" s="34" t="n">
         <v>9</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>16.34</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>56.4</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J37" t="n">
+        <v>0</v>
+      </c>
+      <c r="K37" t="n">
+        <v>276</v>
+      </c>
+      <c r="L37" t="n">
+        <v>3.561983864527461</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B38" s="34" t="n">
         <v>10</v>
       </c>
-      <c r="D6" t="s">
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>17.05</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>66.7</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J38" t="n">
+        <v>0</v>
+      </c>
+      <c r="K38" t="n">
+        <v>313</v>
+      </c>
+      <c r="L38" t="n">
+        <v>5.089647781569832</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B39" s="34" t="n">
         <v>11</v>
       </c>
-      <c r="E6" t="s">
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>114.52</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>3.4</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>34.6</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J39" t="n">
+        <v>0</v>
+      </c>
+      <c r="K39" t="n">
+        <v>924</v>
+      </c>
+      <c r="L39" t="n">
+        <v>1.857335642879319</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B40" s="34" t="n">
         <v>12</v>
       </c>
-      <c r="F6" t="s">
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>51.54</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>54.8</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J40" t="n">
+        <v>0</v>
+      </c>
+      <c r="K40" t="n">
+        <v>598</v>
+      </c>
+      <c r="L40" t="n">
+        <v>5.063751516309813</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B41" s="34" t="n">
         <v>13</v>
       </c>
-      <c r="G6" t="s">
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>198.55</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>44.0</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J41" t="n">
+        <v>0</v>
+      </c>
+      <c r="K41" t="n">
+        <v>1328</v>
+      </c>
+      <c r="L41" t="n">
+        <v>2.872354425004181</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B42" s="34" t="n">
         <v>14</v>
       </c>
-      <c r="H6" t="s">
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>0.60</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>90.3</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>4.6</t>
+        </is>
+      </c>
+      <c r="J42" t="n">
+        <v>0</v>
+      </c>
+      <c r="K42" t="n">
+        <v>41</v>
+      </c>
+      <c r="L42" t="n">
+        <v>1.037032026679269</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B43" s="34" t="n">
         <v>15</v>
       </c>
-      <c r="I6" t="s">
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>9.09</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>72.8</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J43" t="n">
+        <v>0</v>
+      </c>
+      <c r="K43" t="n">
+        <v>129</v>
+      </c>
+      <c r="L43" t="n">
+        <v>1.227168276200088</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B44" s="34" t="n">
         <v>16</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>14.59</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>45.6</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J44" t="n">
+        <v>0</v>
+      </c>
+      <c r="K44" t="n">
+        <v>187</v>
+      </c>
+      <c r="L44" t="n">
+        <v>2.472235219884126</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B45" s="34" t="n">
         <v>18</v>
       </c>
-      <c r="L6" t="s">
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>4.55</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J45" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B46" s="34" t="n">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="9" t="s">
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>2954.12</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>86.5</t>
+        </is>
+      </c>
+      <c r="J46" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B47" s="34" t="n">
         <v>20</v>
       </c>
-      <c r="B7">
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>461.67</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>13.5</t>
+        </is>
+      </c>
+      <c r="J47" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B48" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>3415.79</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B49" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>377.25</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>11.0</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>51.4</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J49" t="n">
         <v>1</v>
       </c>
-      <c r="C7" t="s">
+      <c r="K49" t="n">
+        <v>374</v>
+      </c>
+      <c r="L49" t="n">
+        <v>0.4757475520201035</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B50" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>178.86</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>5.2</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J50" t="n">
+        <v>1</v>
+      </c>
+      <c r="K50" t="n">
+        <v>48</v>
+      </c>
+      <c r="L50" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B51" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>14142.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B52" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>7992.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B53" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>87.81</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>39.6</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J53" t="n">
+        <v>1</v>
+      </c>
+      <c r="K53" t="n">
+        <v>755</v>
+      </c>
+      <c r="L53" t="n">
+        <v>4.559625877496202</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B54" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>42.24</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>32.4</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J54" t="n">
+        <v>1</v>
+      </c>
+      <c r="K54" t="n">
+        <v>790</v>
+      </c>
+      <c r="L54" t="n">
+        <v>1.848980161499529</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B55" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>700.36</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>20.0</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>28.7</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J55" t="n">
+        <v>1</v>
+      </c>
+      <c r="K55" t="n">
+        <v>2039</v>
+      </c>
+      <c r="L55" t="n">
+        <v>0.6402642421617315</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B56" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>85.22</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>2.4</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>54.8</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>1.6</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J56" t="n">
+        <v>1</v>
+      </c>
+      <c r="K56" t="n">
+        <v>836</v>
+      </c>
+      <c r="L56" t="n">
+        <v>1.292538649055804</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B57" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>1601.58</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>45.7</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>29.2</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J57" t="n">
+        <v>1</v>
+      </c>
+      <c r="K57" t="n">
+        <v>4754</v>
+      </c>
+      <c r="L57" t="n">
+        <v>0.4534538366962653</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B58" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>21.01</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>49.0</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J58" t="n">
+        <v>0</v>
+      </c>
+      <c r="K58" t="n">
+        <v>393</v>
+      </c>
+      <c r="L58" t="n">
+        <v>2.851879862173658</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B59" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>14.02</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>55.2</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J59" t="n">
+        <v>0</v>
+      </c>
+      <c r="K59" t="n">
+        <v>361</v>
+      </c>
+      <c r="L59" t="n">
+        <v>5.345147259648949</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B60" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>16.21</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>52.8</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J60" t="n">
+        <v>0</v>
+      </c>
+      <c r="K60" t="n">
+        <v>280</v>
+      </c>
+      <c r="L60" t="n">
+        <v>3.567665751554093</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B61" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>17.11</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>68.3</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>4.2</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J61" t="n">
+        <v>0</v>
+      </c>
+      <c r="K61" t="n">
+        <v>445</v>
+      </c>
+      <c r="L61" t="n">
+        <v>4.425244365346156</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B62" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>124.70</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>3.6</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>36.3</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="J62" t="n">
+        <v>0</v>
+      </c>
+      <c r="K62" t="n">
+        <v>1046</v>
+      </c>
+      <c r="L62" t="n">
+        <v>1.755760713118819</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B63" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>49.14</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>49.7</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J63" t="n">
+        <v>0</v>
+      </c>
+      <c r="K63" t="n">
+        <v>715</v>
+      </c>
+      <c r="L63" t="n">
+        <v>3.184250943338547</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B64" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>223.01</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>45.3</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I64" t="inlineStr">
+        <is>
+          <t>10.4</t>
+        </is>
+      </c>
+      <c r="J64" t="n">
+        <v>0</v>
+      </c>
+      <c r="K64" t="n">
+        <v>1448</v>
+      </c>
+      <c r="L64" t="n">
+        <v>2.687902376802669</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B65" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>0.58</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>85.4</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I65" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J65" t="n">
+        <v>0</v>
+      </c>
+      <c r="K65" t="n">
+        <v>48</v>
+      </c>
+      <c r="L65" t="n">
+        <v>1.364905154825118</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B66" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>14.04</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>60.5</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I66" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J66" t="n">
+        <v>0</v>
+      </c>
+      <c r="K66" t="n">
+        <v>211</v>
+      </c>
+      <c r="L66" t="n">
+        <v>1.280856694938578</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B67" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>14.87</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>47.3</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="I67" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J67" t="n">
+        <v>0</v>
+      </c>
+      <c r="K67" t="n">
+        <v>167</v>
+      </c>
+      <c r="L67" t="n">
+        <v>2.404047952747227</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B68" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>5.12</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J68" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B69" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>3004.98</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>85.7</t>
+        </is>
+      </c>
+      <c r="J69" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B70" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>499.82</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>14.3</t>
+        </is>
+      </c>
+      <c r="J70" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B71" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>3504.79</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B72" s="34" t="n">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>411.31</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>11.7</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>43.0</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J72" t="n">
+        <v>1</v>
+      </c>
+      <c r="K72" t="n">
+        <v>418</v>
+      </c>
+      <c r="L72" t="n">
+        <v>0.2974067941294644</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B73" s="34" t="n">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...2 lines deleted...]
-      <c r="F7" t="s">
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>76.46</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>2.2</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J73" t="n">
+        <v>1</v>
+      </c>
+      <c r="K73" t="n">
+        <v>36</v>
+      </c>
+      <c r="L73" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B74" s="34" t="n">
         <v>24</v>
       </c>
-      <c r="G7" t="s">
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>15080.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B75" s="34" t="n">
         <v>25</v>
       </c>
-      <c r="H7" t="s">
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>8197.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B76" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>95.48</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>37.5</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I76" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J76" t="n">
+        <v>1</v>
+      </c>
+      <c r="K76" t="n">
+        <v>784</v>
+      </c>
+      <c r="L76" t="n">
+        <v>4.634031110222003</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B77" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>43.09</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>31.7</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I77" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J77" t="n">
+        <v>1</v>
+      </c>
+      <c r="K77" t="n">
+        <v>805</v>
+      </c>
+      <c r="L77" t="n">
+        <v>1.837889683823428</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B78" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>761.50</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>20.4</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>32.4</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I78" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J78" t="n">
+        <v>1</v>
+      </c>
+      <c r="K78" t="n">
+        <v>2030</v>
+      </c>
+      <c r="L78" t="n">
+        <v>0.640792115760678</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B79" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>85.11</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>52.6</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>1.8</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I79" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J79" t="n">
+        <v>1</v>
+      </c>
+      <c r="K79" t="n">
+        <v>846</v>
+      </c>
+      <c r="L79" t="n">
+        <v>0.6183169077203552</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B80" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>1708.47</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>45.8</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>32.0</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I80" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J80" t="n">
+        <v>1</v>
+      </c>
+      <c r="K80" t="n">
+        <v>4546</v>
+      </c>
+      <c r="L80" t="n">
+        <v>0.4654625752101329</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B81" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>20.54</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>49.2</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J81" t="n">
+        <v>0</v>
+      </c>
+      <c r="K81" t="n">
+        <v>380</v>
+      </c>
+      <c r="L81" t="n">
+        <v>2.727545556311685</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B82" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>13.71</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>58.8</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J82" t="n">
+        <v>0</v>
+      </c>
+      <c r="K82" t="n">
+        <v>348</v>
+      </c>
+      <c r="L82" t="n">
+        <v>5.580011915899717</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B83" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>16.59</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>52.4</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>3.8</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I83" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J83" t="n">
+        <v>0</v>
+      </c>
+      <c r="K83" t="n">
+        <v>303</v>
+      </c>
+      <c r="L83" t="n">
+        <v>3.302455539407071</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B84" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>18.21</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>68.7</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J84" t="n">
+        <v>0</v>
+      </c>
+      <c r="K84" t="n">
+        <v>457</v>
+      </c>
+      <c r="L84" t="n">
+        <v>4.545364779027831</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B85" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>128.78</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>3.5</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>37.2</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="J85" t="n">
+        <v>0</v>
+      </c>
+      <c r="K85" t="n">
+        <v>1070</v>
+      </c>
+      <c r="L85" t="n">
+        <v>1.650958223052909</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B86" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>51.90</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>50.9</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I86" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J86" t="n">
+        <v>0</v>
+      </c>
+      <c r="K86" t="n">
+        <v>714</v>
+      </c>
+      <c r="L86" t="n">
+        <v>3.287875093969979</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B87" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>220.13</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>45.7</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>11.8</t>
+        </is>
+      </c>
+      <c r="J87" t="n">
+        <v>0</v>
+      </c>
+      <c r="K87" t="n">
+        <v>1470</v>
+      </c>
+      <c r="L87" t="n">
+        <v>2.977248271589958</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B88" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>0.69</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>90.0</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J88" t="n">
+        <v>0</v>
+      </c>
+      <c r="K88" t="n">
+        <v>49</v>
+      </c>
+      <c r="L88" t="n">
+        <v>1.324659624410928</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B89" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>14.61</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>55.3</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I89" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J89" t="n">
+        <v>0</v>
+      </c>
+      <c r="K89" t="n">
+        <v>195</v>
+      </c>
+      <c r="L89" t="n">
+        <v>1.208741175727412</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B90" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>14.44</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>44.3</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I90" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J90" t="n">
+        <v>0</v>
+      </c>
+      <c r="K90" t="n">
+        <v>188</v>
+      </c>
+      <c r="L90" t="n">
+        <v>2.314382739902327</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B91" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>4.96</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J91" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B92" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>3222.09</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>86.5</t>
+        </is>
+      </c>
+      <c r="J92" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B93" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>504.57</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>13.5</t>
+        </is>
+      </c>
+      <c r="J93" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B94" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>3726.66</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B95" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>391.12</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>10.5</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>44.9</t>
+        </is>
+      </c>
+      <c r="G95" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I95" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J95" t="n">
+        <v>1</v>
+      </c>
+      <c r="K95" t="n">
+        <v>390</v>
+      </c>
+      <c r="L95" t="n">
+        <v>0.3062973577521681</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B96" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>137.33</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>3.7</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G96" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I96" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J96" t="n">
+        <v>1</v>
+      </c>
+      <c r="K96" t="n">
+        <v>32</v>
+      </c>
+      <c r="L96" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B97" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>14967.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B98" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>8361.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B99" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>97.02</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>35.9</t>
+        </is>
+      </c>
+      <c r="G99" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>4.0</t>
+        </is>
+      </c>
+      <c r="I99" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J99" t="n">
+        <v>1</v>
+      </c>
+      <c r="K99" t="n">
+        <v>774</v>
+      </c>
+      <c r="L99" t="n">
+        <v>4.692679446457246</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B100" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>45.88</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>31.0</t>
+        </is>
+      </c>
+      <c r="G100" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I100" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J100" t="n">
+        <v>1</v>
+      </c>
+      <c r="K100" t="n">
+        <v>847</v>
+      </c>
+      <c r="L100" t="n">
+        <v>1.746772728466387</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B101" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>768.42</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>20.4</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>32.9</t>
+        </is>
+      </c>
+      <c r="G101" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I101" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J101" t="n">
+        <v>1</v>
+      </c>
+      <c r="K101" t="n">
+        <v>2075</v>
+      </c>
+      <c r="L101" t="n">
+        <v>0.6475146495447037</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B102" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>87.17</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>54.5</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>1.6</t>
+        </is>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I102" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J102" t="n">
+        <v>1</v>
+      </c>
+      <c r="K102" t="n">
+        <v>795</v>
+      </c>
+      <c r="L102" t="n">
+        <v>0.6267083029482612</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B103" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>1674.15</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>44.5</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>31.5</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I103" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J103" t="n">
+        <v>1</v>
+      </c>
+      <c r="K103" t="n">
+        <v>4933</v>
+      </c>
+      <c r="L103" t="n">
+        <v>0.4488295195550587</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B104" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>19.56</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>53.0</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I104" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J104" t="n">
+        <v>0</v>
+      </c>
+      <c r="K104" t="n">
+        <v>320</v>
+      </c>
+      <c r="L104" t="n">
+        <v>2.756493948399946</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B105" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>12.95</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>58.0</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I105" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J105" t="n">
+        <v>0</v>
+      </c>
+      <c r="K105" t="n">
+        <v>346</v>
+      </c>
+      <c r="L105" t="n">
+        <v>5.543731916035922</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B106" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>15.58</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>50.7</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I106" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J106" t="n">
+        <v>0</v>
+      </c>
+      <c r="K106" t="n">
+        <v>266</v>
+      </c>
+      <c r="L106" t="n">
+        <v>3.40492764339221</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B107" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>19.06</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>66.1</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J107" t="n">
+        <v>0</v>
+      </c>
+      <c r="K107" t="n">
+        <v>487</v>
+      </c>
+      <c r="L107" t="n">
+        <v>4.593062995178151</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B108" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>128.48</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>3.4</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>38.6</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I108" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J108" t="n">
+        <v>0</v>
+      </c>
+      <c r="K108" t="n">
+        <v>1118</v>
+      </c>
+      <c r="L108" t="n">
+        <v>1.796524799170781</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B109" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>53.50</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>54.8</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I109" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J109" t="n">
+        <v>0</v>
+      </c>
+      <c r="K109" t="n">
+        <v>737</v>
+      </c>
+      <c r="L109" t="n">
+        <v>3.419696803840166</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B110" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>195.40</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>5.2</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>46.1</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I110" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J110" t="n">
+        <v>0</v>
+      </c>
+      <c r="K110" t="n">
+        <v>1366</v>
+      </c>
+      <c r="L110" t="n">
+        <v>2.920314751636446</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B111" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>1.37</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>93.6</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I111" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J111" t="n">
+        <v>0</v>
+      </c>
+      <c r="K111" t="n">
+        <v>57</v>
+      </c>
+      <c r="L111" t="n">
+        <v>1.244924260287412</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B112" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>15.40</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>52.6</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I112" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J112" t="n">
+        <v>0</v>
+      </c>
+      <c r="K112" t="n">
+        <v>200</v>
+      </c>
+      <c r="L112" t="n">
+        <v>1.133075265695519</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B113" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>17.04</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>40.6</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>5.7</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J113" t="n">
+        <v>0</v>
+      </c>
+      <c r="K113" t="n">
+        <v>205</v>
+      </c>
+      <c r="L113" t="n">
+        <v>2.089969533731158</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B114" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>4.86</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J114" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B115" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>3281.01</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>87.2</t>
+        </is>
+      </c>
+      <c r="J115" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B116" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>483.20</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>12.8</t>
+        </is>
+      </c>
+      <c r="J116" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B117" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>3764.21</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B118" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>440.24</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>11.7</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>42.1</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I118" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J118" t="n">
+        <v>1</v>
+      </c>
+      <c r="K118" t="n">
+        <v>529</v>
+      </c>
+      <c r="L118" t="n">
+        <v>0.2810977174669451</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B119" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>168.13</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I119" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J119" t="n">
+        <v>1</v>
+      </c>
+      <c r="K119" t="n">
+        <v>31</v>
+      </c>
+      <c r="L119" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B120" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>15406.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B121" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>8423.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B122" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>99.50</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>35.4</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I122" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J122" t="n">
+        <v>1</v>
+      </c>
+      <c r="K122" t="n">
+        <v>848</v>
+      </c>
+      <c r="L122" t="n">
+        <v>4.454442337318292</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B123" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>43.94</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>1.1</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>27.3</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I123" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J123" t="n">
+        <v>1</v>
+      </c>
+      <c r="K123" t="n">
+        <v>874</v>
+      </c>
+      <c r="L123" t="n">
+        <v>1.706226613690785</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B124" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>812.28</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>21.0</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>30.0</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I124" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J124" t="n">
+        <v>1</v>
+      </c>
+      <c r="K124" t="n">
+        <v>2241</v>
+      </c>
+      <c r="L124" t="n">
+        <v>0.6768621338592953</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B125" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>90.91</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>54.6</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>1.9</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I125" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J125" t="n">
+        <v>1</v>
+      </c>
+      <c r="K125" t="n">
+        <v>950</v>
+      </c>
+      <c r="L125" t="n">
+        <v>0.8991487751388426</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B126" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>1746.44</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>45.1</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>29.9</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I126" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J126" t="n">
+        <v>1</v>
+      </c>
+      <c r="K126" t="n">
+        <v>4788</v>
+      </c>
+      <c r="L126" t="n">
+        <v>0.4402701318664464</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B127" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>20.22</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>50.8</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>4.4</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I127" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J127" t="n">
+        <v>0</v>
+      </c>
+      <c r="K127" t="n">
+        <v>352</v>
+      </c>
+      <c r="L127" t="n">
+        <v>2.703626884074383</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B128" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>14.70</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>56.9</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I128" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J128" t="n">
+        <v>0</v>
+      </c>
+      <c r="K128" t="n">
+        <v>411</v>
+      </c>
+      <c r="L128" t="n">
+        <v>5.56413801002337</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B129" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>16.24</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>51.9</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I129" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J129" t="n">
+        <v>0</v>
+      </c>
+      <c r="K129" t="n">
+        <v>281</v>
+      </c>
+      <c r="L129" t="n">
+        <v>3.170859480861731</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B130" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>18.62</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>67.7</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I130" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J130" t="n">
+        <v>0</v>
+      </c>
+      <c r="K130" t="n">
+        <v>505</v>
+      </c>
+      <c r="L130" t="n">
+        <v>4.449614945426651</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B131" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>127.78</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>3.3</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>40.9</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I131" t="inlineStr">
+        <is>
+          <t>7.4</t>
+        </is>
+      </c>
+      <c r="J131" t="n">
+        <v>0</v>
+      </c>
+      <c r="K131" t="n">
+        <v>1091</v>
+      </c>
+      <c r="L131" t="n">
+        <v>1.729045042287147</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B132" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>49.70</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>56.3</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>6.0</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I132" t="inlineStr">
+        <is>
+          <t>14.9</t>
+        </is>
+      </c>
+      <c r="J132" t="n">
+        <v>0</v>
+      </c>
+      <c r="K132" t="n">
+        <v>761</v>
+      </c>
+      <c r="L132" t="n">
+        <v>3.07613246403717</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B133" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>188.99</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>4.9</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>44.3</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I133" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J133" t="n">
+        <v>0</v>
+      </c>
+      <c r="K133" t="n">
+        <v>1441</v>
+      </c>
+      <c r="L133" t="n">
+        <v>3.155459689106192</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B134" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>1.46</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>95.8</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I134" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J134" t="n">
+        <v>0</v>
+      </c>
+      <c r="K134" t="n">
+        <v>59</v>
+      </c>
+      <c r="L134" t="n">
+        <v>0.9853691278248509</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B135" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>11.98</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>61.4</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I135" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J135" t="n">
+        <v>0</v>
+      </c>
+      <c r="K135" t="n">
+        <v>199</v>
+      </c>
+      <c r="L135" t="n">
+        <v>1.320950946549274</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B136" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>18.22</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>43.7</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I136" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J136" t="n">
+        <v>0</v>
+      </c>
+      <c r="K136" t="n">
+        <v>212</v>
+      </c>
+      <c r="L136" t="n">
+        <v>2.459005506715619</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B137" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>5.68</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J137" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B138" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>3400.55</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>87.8</t>
+        </is>
+      </c>
+      <c r="J138" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B139" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>473.60</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>12.2</t>
+        </is>
+      </c>
+      <c r="J139" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B140" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>3874.15</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B141" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>465.16</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>41.1</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I141" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J141" t="n">
+        <v>1</v>
+      </c>
+      <c r="K141" t="n">
+        <v>519</v>
+      </c>
+      <c r="L141" t="n">
+        <v>0.2435000706973792</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B142" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>142.32</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>3.7</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I142" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J142" t="n">
+        <v>1</v>
+      </c>
+      <c r="K142" t="n">
+        <v>31</v>
+      </c>
+      <c r="L142" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B143" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>15951.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B144" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>8573.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B145" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>99.45</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>35.6</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I145" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J145" t="n">
+        <v>1</v>
+      </c>
+      <c r="K145" t="n">
+        <v>887</v>
+      </c>
+      <c r="L145" t="n">
+        <v>4.186549454648497</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B146" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>47.33</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>28.6</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J146" t="n">
+        <v>1</v>
+      </c>
+      <c r="K146" t="n">
+        <v>927</v>
+      </c>
+      <c r="L146" t="n">
+        <v>1.780504210339301</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B147" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>822.70</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>20.5</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>30.1</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I147" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J147" t="n">
+        <v>1</v>
+      </c>
+      <c r="K147" t="n">
+        <v>2096</v>
+      </c>
+      <c r="L147" t="n">
+        <v>0.6501038460211097</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B148" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>91.38</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>53.6</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I148" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J148" t="n">
+        <v>1</v>
+      </c>
+      <c r="K148" t="n">
+        <v>869</v>
+      </c>
+      <c r="L148" t="n">
+        <v>0.693337176033701</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B149" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>1775.52</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>44.2</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>31.0</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I149" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J149" t="n">
+        <v>1</v>
+      </c>
+      <c r="K149" t="n">
+        <v>4637</v>
+      </c>
+      <c r="L149" t="n">
+        <v>0.4351659361251177</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B150" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>21.93</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>51.7</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I150" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J150" t="n">
+        <v>0</v>
+      </c>
+      <c r="K150" t="n">
+        <v>353</v>
+      </c>
+      <c r="L150" t="n">
+        <v>2.806728093313215</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B151" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>15.02</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>55.9</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I151" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J151" t="n">
+        <v>0</v>
+      </c>
+      <c r="K151" t="n">
+        <v>429</v>
+      </c>
+      <c r="L151" t="n">
+        <v>5.367156161876222</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B152" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>17.07</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>51.0</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I152" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J152" t="n">
+        <v>0</v>
+      </c>
+      <c r="K152" t="n">
+        <v>317</v>
+      </c>
+      <c r="L152" t="n">
+        <v>3.163963647035715</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B153" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>19.00</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>67.8</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I153" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J153" t="n">
+        <v>0</v>
+      </c>
+      <c r="K153" t="n">
+        <v>480</v>
+      </c>
+      <c r="L153" t="n">
+        <v>4.616011542481615</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B154" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>128.53</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>3.2</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>40.9</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I154" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="J154" t="n">
+        <v>0</v>
+      </c>
+      <c r="K154" t="n">
+        <v>1116</v>
+      </c>
+      <c r="L154" t="n">
+        <v>1.777358755265014</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B155" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>50.71</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>54.3</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I155" t="inlineStr">
+        <is>
+          <t>14.9</t>
+        </is>
+      </c>
+      <c r="J155" t="n">
+        <v>0</v>
+      </c>
+      <c r="K155" t="n">
+        <v>727</v>
+      </c>
+      <c r="L155" t="n">
+        <v>3.261279674918772</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B156" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>219.22</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>41.1</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I156" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J156" t="n">
+        <v>0</v>
+      </c>
+      <c r="K156" t="n">
+        <v>1528</v>
+      </c>
+      <c r="L156" t="n">
+        <v>3.02318551318281</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B157" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>2.42</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>96.0</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I157" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J157" t="n">
+        <v>0</v>
+      </c>
+      <c r="K157" t="n">
+        <v>65</v>
+      </c>
+      <c r="L157" t="n">
+        <v>1.259716312406853</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B158" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>12.20</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>57.0</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I158" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J158" t="n">
+        <v>0</v>
+      </c>
+      <c r="K158" t="n">
+        <v>190</v>
+      </c>
+      <c r="L158" t="n">
+        <v>1.240418777007692</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B159" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>18.47</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>41.8</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="I159" t="inlineStr">
+        <is>
+          <t>9.8</t>
+        </is>
+      </c>
+      <c r="J159" t="n">
+        <v>0</v>
+      </c>
+      <c r="K159" t="n">
+        <v>200</v>
+      </c>
+      <c r="L159" t="n">
+        <v>2.383032455164721</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B160" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>5.32</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J160" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B161" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>3509.63</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>87.3</t>
+        </is>
+      </c>
+      <c r="J161" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B162" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>509.87</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>12.7</t>
+        </is>
+      </c>
+      <c r="J162" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B163" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>4019.50</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B164" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>490.52</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>12.2</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>40.3</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I164" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J164" t="n">
+        <v>1</v>
+      </c>
+      <c r="K164" t="n">
+        <v>543</v>
+      </c>
+      <c r="L164" t="n">
+        <v>0.2641658036697582</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B165" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>182.75</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I165" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J165" t="n">
+        <v>1</v>
+      </c>
+      <c r="K165" t="n">
+        <v>31</v>
+      </c>
+      <c r="L165" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B166" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>15695.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B167" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>8604.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B168" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>98.24</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>2.4</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>35.9</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I168" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J168" t="n">
+        <v>1</v>
+      </c>
+      <c r="K168" t="n">
+        <v>781</v>
+      </c>
+      <c r="L168" t="n">
+        <v>4.094077834016371</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B169" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>47.97</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>29.6</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I169" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J169" t="n">
+        <v>1</v>
+      </c>
+      <c r="K169" t="n">
+        <v>910</v>
+      </c>
+      <c r="L169" t="n">
+        <v>1.59454866298165</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B170" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>820.03</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>20.0</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>32.2</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I170" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J170" t="n">
+        <v>1</v>
+      </c>
+      <c r="K170" t="n">
+        <v>2140</v>
+      </c>
+      <c r="L170" t="n">
+        <v>0.6140949374304482</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B171" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>93.45</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>52.2</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I171" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J171" t="n">
+        <v>1</v>
+      </c>
+      <c r="K171" t="n">
+        <v>838</v>
+      </c>
+      <c r="L171" t="n">
+        <v>0.6602377169783993</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B172" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>1797.50</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>43.9</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>32.0</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I172" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J172" t="n">
+        <v>1</v>
+      </c>
+      <c r="K172" t="n">
+        <v>4820</v>
+      </c>
+      <c r="L172" t="n">
+        <v>0.4228475563533338</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B173" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>23.51</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>49.9</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I173" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J173" t="n">
+        <v>0</v>
+      </c>
+      <c r="K173" t="n">
+        <v>382</v>
+      </c>
+      <c r="L173" t="n">
+        <v>2.681803303838964</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B174" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>14.12</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>55.7</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I174" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J174" t="n">
+        <v>0</v>
+      </c>
+      <c r="K174" t="n">
+        <v>473</v>
+      </c>
+      <c r="L174" t="n">
+        <v>5.160934409932854</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B175" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>17.95</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>51.3</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I175" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J175" t="n">
+        <v>0</v>
+      </c>
+      <c r="K175" t="n">
+        <v>306</v>
+      </c>
+      <c r="L175" t="n">
+        <v>3.064276496208004</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B176" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>19.69</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>65.1</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I176" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J176" t="n">
+        <v>0</v>
+      </c>
+      <c r="K176" t="n">
+        <v>479</v>
+      </c>
+      <c r="L176" t="n">
+        <v>4.573438778903633</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B177" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>129.60</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>3.2</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>40.8</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I177" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="J177" t="n">
+        <v>0</v>
+      </c>
+      <c r="K177" t="n">
+        <v>1067</v>
+      </c>
+      <c r="L177" t="n">
+        <v>1.729860744301223</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B178" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>54.10</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>53.2</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>5.5</t>
+        </is>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I178" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J178" t="n">
+        <v>0</v>
+      </c>
+      <c r="K178" t="n">
+        <v>662</v>
+      </c>
+      <c r="L178" t="n">
+        <v>3.690212299669056</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B179" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>227.97</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>40.2</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I179" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J179" t="n">
+        <v>0</v>
+      </c>
+      <c r="K179" t="n">
+        <v>1511</v>
+      </c>
+      <c r="L179" t="n">
+        <v>3.115445594349299</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B180" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>2.33</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>98.0</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I180" t="inlineStr">
+        <is>
+          <t>4.6</t>
+        </is>
+      </c>
+      <c r="J180" t="n">
+        <v>0</v>
+      </c>
+      <c r="K180" t="n">
+        <v>51</v>
+      </c>
+      <c r="L180" t="n">
+        <v>1.108293690668746</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B181" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>10.37</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>62.7</t>
+        </is>
+      </c>
+      <c r="G181" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I181" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J181" t="n">
+        <v>0</v>
+      </c>
+      <c r="K181" t="n">
+        <v>173</v>
+      </c>
+      <c r="L181" t="n">
+        <v>1.135628467003006</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B182" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>18.47</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>40.8</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="I182" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J182" t="n">
+        <v>0</v>
+      </c>
+      <c r="K182" t="n">
+        <v>185</v>
+      </c>
+      <c r="L182" t="n">
+        <v>2.074575141552348</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B183" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>5.75</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J183" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B184" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>3568.40</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>87.2</t>
+        </is>
+      </c>
+      <c r="J184" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B185" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>523.84</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>12.8</t>
+        </is>
+      </c>
+      <c r="J185" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B186" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>4092.24</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B187" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>527.85</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>12.9</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>39.5</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I187" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J187" t="n">
+        <v>1</v>
+      </c>
+      <c r="K187" t="n">
+        <v>524</v>
+      </c>
+      <c r="L187" t="n">
+        <v>0.2650273828562662</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B188" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>183.36</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>4.5</t>
+        </is>
+      </c>
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I188" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J188" t="n">
+        <v>1</v>
+      </c>
+      <c r="K188" t="n">
+        <v>36</v>
+      </c>
+      <c r="L188" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B189" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>15616.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B190" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>8658.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B191" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>103.11</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>33.1</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I191" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J191" t="n">
+        <v>1</v>
+      </c>
+      <c r="K191" t="n">
+        <v>746</v>
+      </c>
+      <c r="L191" t="n">
+        <v>4.338196521592554</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B192" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>48.62</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>29.8</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I192" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J192" t="n">
+        <v>1</v>
+      </c>
+      <c r="K192" t="n">
+        <v>910</v>
+      </c>
+      <c r="L192" t="n">
+        <v>1.674945988463206</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B193" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>814.43</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>20.3</t>
+        </is>
+      </c>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>32.2</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I193" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J193" t="n">
+        <v>1</v>
+      </c>
+      <c r="K193" t="n">
+        <v>2281</v>
+      </c>
+      <c r="L193" t="n">
+        <v>0.6560357420193458</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B194" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>100.47</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>52.6</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr">
+        <is>
+          <t>1.6</t>
+        </is>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I194" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J194" t="n">
+        <v>1</v>
+      </c>
+      <c r="K194" t="n">
+        <v>906</v>
+      </c>
+      <c r="L194" t="n">
+        <v>1.739845854668397</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B195" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>1766.68</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>44.0</t>
+        </is>
+      </c>
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>31.2</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I195" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J195" t="n">
+        <v>1</v>
+      </c>
+      <c r="K195" t="n">
+        <v>4836</v>
+      </c>
+      <c r="L195" t="n">
+        <v>0.4141725420022957</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B196" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>21.91</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>52.3</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr">
+        <is>
+          <t>3.7</t>
+        </is>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I196" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J196" t="n">
+        <v>0</v>
+      </c>
+      <c r="K196" t="n">
+        <v>368</v>
+      </c>
+      <c r="L196" t="n">
+        <v>2.725813611901178</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B197" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>17.16</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>49.8</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H197" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I197" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J197" t="n">
+        <v>0</v>
+      </c>
+      <c r="K197" t="n">
+        <v>472</v>
+      </c>
+      <c r="L197" t="n">
+        <v>5.435566444951189</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B198" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>17.02</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>43.8</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H198" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I198" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J198" t="n">
+        <v>0</v>
+      </c>
+      <c r="K198" t="n">
+        <v>297</v>
+      </c>
+      <c r="L198" t="n">
+        <v>3.24204311633721</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B199" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>20.16</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>64.9</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <t>2.6</t>
+        </is>
+      </c>
+      <c r="H199" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I199" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J199" t="n">
+        <v>0</v>
+      </c>
+      <c r="K199" t="n">
+        <v>346</v>
+      </c>
+      <c r="L199" t="n">
+        <v>5.405161496354223</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B200" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>122.38</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>39.3</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I200" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="J200" t="n">
+        <v>0</v>
+      </c>
+      <c r="K200" t="n">
+        <v>1021</v>
+      </c>
+      <c r="L200" t="n">
+        <v>1.603854903365044</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B201" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>52.60</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>54.3</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I201" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J201" t="n">
+        <v>0</v>
+      </c>
+      <c r="K201" t="n">
+        <v>540</v>
+      </c>
+      <c r="L201" t="n">
+        <v>3.676417524792724</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B202" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>231.97</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>41.4</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I202" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J202" t="n">
+        <v>0</v>
+      </c>
+      <c r="K202" t="n">
+        <v>1505</v>
+      </c>
+      <c r="L202" t="n">
+        <v>3.192383290200513</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B203" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>2.23</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>96.3</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I203" t="inlineStr">
+        <is>
+          <t>4.2</t>
+        </is>
+      </c>
+      <c r="J203" t="n">
+        <v>0</v>
+      </c>
+      <c r="K203" t="n">
+        <v>73</v>
+      </c>
+      <c r="L203" t="n">
+        <v>1.18231807870533</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B204" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>13.52</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>63.2</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H204" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I204" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J204" t="n">
+        <v>0</v>
+      </c>
+      <c r="K204" t="n">
+        <v>195</v>
+      </c>
+      <c r="L204" t="n">
+        <v>1.160384373364421</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B205" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>19.03</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>40.3</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H205" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I205" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J205" t="n">
+        <v>0</v>
+      </c>
+      <c r="K205" t="n">
+        <v>189</v>
+      </c>
+      <c r="L205" t="n">
+        <v>2.320798104237608</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B206" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>5.67</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="J206" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B207" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>3492.13</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>87.0</t>
+        </is>
+      </c>
+      <c r="J207" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B208" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>523.64</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>13.0</t>
+        </is>
+      </c>
+      <c r="J208" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B209" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>4015.78</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B210" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>576.60</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>14.4</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>40.1</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H210" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I210" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J210" t="n">
+        <v>1</v>
+      </c>
+      <c r="K210" t="n">
+        <v>552</v>
+      </c>
+      <c r="L210" t="n">
+        <v>0.2739941229404481</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B211" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>82.22</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I211" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J211" t="n">
+        <v>1</v>
+      </c>
+      <c r="K211" t="n">
         <v>26</v>
       </c>
-      <c r="I7" t="s">
-[...2 lines deleted...]
-      <c r="J7">
+      <c r="L211" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B212" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>15526.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B213" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>8820.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B214" s="34" t="n">
         <v>1</v>
       </c>
-      <c r="K7">
-[...7 lines deleted...]
-      <c r="A8" t="s">
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>103.33</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>2.7</t>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>32.3</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H214" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I214" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J214" t="n">
+        <v>1</v>
+      </c>
+      <c r="K214" t="n">
+        <v>938</v>
+      </c>
+      <c r="L214" t="n">
+        <v>4.159004707409303</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B215" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>51.42</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>29.9</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H215" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I215" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J215" t="n">
+        <v>1</v>
+      </c>
+      <c r="K215" t="n">
+        <v>970</v>
+      </c>
+      <c r="L215" t="n">
+        <v>1.624696717201223</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B216" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>813.22</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>20.9</t>
+        </is>
+      </c>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t>33.3</t>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H216" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I216" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J216" t="n">
+        <v>1</v>
+      </c>
+      <c r="K216" t="n">
+        <v>2257</v>
+      </c>
+      <c r="L216" t="n">
+        <v>0.6298919907532071</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B217" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>95.91</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>49.9</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="H217" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I217" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J217" t="n">
+        <v>1</v>
+      </c>
+      <c r="K217" t="n">
+        <v>920</v>
+      </c>
+      <c r="L217" t="n">
+        <v>1.816614346764617</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B218" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>1672.89</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>43.0</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>28.3</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H218" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I218" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J218" t="n">
+        <v>1</v>
+      </c>
+      <c r="K218" t="n">
+        <v>4938</v>
+      </c>
+      <c r="L218" t="n">
+        <v>0.4214609167535991</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B219" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>24.35</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>50.0</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I219" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J219" t="n">
+        <v>0</v>
+      </c>
+      <c r="K219" t="n">
+        <v>450</v>
+      </c>
+      <c r="L219" t="n">
+        <v>2.718028883707186</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B220" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>14.68</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>51.8</t>
+        </is>
+      </c>
+      <c r="G220" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H220" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I220" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J220" t="n">
+        <v>0</v>
+      </c>
+      <c r="K220" t="n">
+        <v>589</v>
+      </c>
+      <c r="L220" t="n">
+        <v>4.722015968231355</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B221" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>19.81</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F221" t="inlineStr">
+        <is>
+          <t>49.1</t>
+        </is>
+      </c>
+      <c r="G221" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H221" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I221" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J221" t="n">
+        <v>0</v>
+      </c>
+      <c r="K221" t="n">
+        <v>380</v>
+      </c>
+      <c r="L221" t="n">
+        <v>2.922892871437397</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B222" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>19.66</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F222" t="inlineStr">
+        <is>
+          <t>65.8</t>
+        </is>
+      </c>
+      <c r="G222" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I222" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J222" t="n">
+        <v>0</v>
+      </c>
+      <c r="K222" t="n">
+        <v>577</v>
+      </c>
+      <c r="L222" t="n">
+        <v>5.745700942882215</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B223" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>134.33</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>3.5</t>
+        </is>
+      </c>
+      <c r="F223" t="inlineStr">
+        <is>
+          <t>39.6</t>
+        </is>
+      </c>
+      <c r="G223" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H223" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I223" t="inlineStr">
+        <is>
+          <t>7.6</t>
+        </is>
+      </c>
+      <c r="J223" t="n">
+        <v>0</v>
+      </c>
+      <c r="K223" t="n">
+        <v>1068</v>
+      </c>
+      <c r="L223" t="n">
+        <v>1.691900807189021</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B224" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>53.72</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>51.1</t>
+        </is>
+      </c>
+      <c r="G224" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="H224" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I224" t="inlineStr">
+        <is>
+          <t>14.9</t>
+        </is>
+      </c>
+      <c r="J224" t="n">
+        <v>0</v>
+      </c>
+      <c r="K224" t="n">
+        <v>741</v>
+      </c>
+      <c r="L224" t="n">
+        <v>3.212435105800024</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B225" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>230.65</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>5.9</t>
+        </is>
+      </c>
+      <c r="F225" t="inlineStr">
+        <is>
+          <t>40.7</t>
+        </is>
+      </c>
+      <c r="G225" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H225" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I225" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J225" t="n">
+        <v>0</v>
+      </c>
+      <c r="K225" t="n">
+        <v>1499</v>
+      </c>
+      <c r="L225" t="n">
+        <v>3.199524221628276</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B226" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>2.43</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F226" t="inlineStr">
+        <is>
+          <t>96.4</t>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="H226" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I226" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J226" t="n">
+        <v>0</v>
+      </c>
+      <c r="K226" t="n">
+        <v>65</v>
+      </c>
+      <c r="L226" t="n">
+        <v>1.386857411976751</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B227" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>13.92</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F227" t="inlineStr">
+        <is>
+          <t>55.3</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H227" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I227" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J227" t="n">
+        <v>0</v>
+      </c>
+      <c r="K227" t="n">
+        <v>216</v>
+      </c>
+      <c r="L227" t="n">
+        <v>1.141947284830868</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B228" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>18.33</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>41.0</t>
+        </is>
+      </c>
+      <c r="G228" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H228" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I228" t="inlineStr">
+        <is>
+          <t>8.4</t>
+        </is>
+      </c>
+      <c r="J228" t="n">
+        <v>0</v>
+      </c>
+      <c r="K228" t="n">
+        <v>207</v>
+      </c>
+      <c r="L228" t="n">
+        <v>2.412384869129685</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B229" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>6.95</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="J229" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B230" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>3351.19</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>86.1</t>
+        </is>
+      </c>
+      <c r="J230" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B231" s="34" t="n">
         <v>20</v>
       </c>
-      <c r="B8">
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>538.85</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>13.9</t>
+        </is>
+      </c>
+      <c r="J231" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B232" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>3890.04</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B233" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>585.02</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>37.1</t>
+        </is>
+      </c>
+      <c r="G233" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H233" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I233" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J233" t="n">
+        <v>1</v>
+      </c>
+      <c r="K233" t="n">
+        <v>602</v>
+      </c>
+      <c r="L233" t="n">
+        <v>0.2618673757198822</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B234" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>29.40</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>0.8</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H234" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I234" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J234" t="n">
+        <v>1</v>
+      </c>
+      <c r="K234" t="n">
+        <v>18</v>
+      </c>
+      <c r="L234" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B235" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>16768.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B236" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>8937.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B237" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>100.28</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>33.0</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H237" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I237" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J237" t="n">
+        <v>1</v>
+      </c>
+      <c r="K237" t="n">
+        <v>806</v>
+      </c>
+      <c r="L237" t="n">
+        <v>4.227866464753609</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B238" s="34" t="n">
         <v>2</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8" t="s">
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>48.65</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>27.6</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I238" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J238" t="n">
+        <v>1</v>
+      </c>
+      <c r="K238" t="n">
+        <v>935</v>
+      </c>
+      <c r="L238" t="n">
+        <v>1.765800564987936</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B239" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>823.71</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>20.7</t>
+        </is>
+      </c>
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>32.8</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H239" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I239" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J239" t="n">
+        <v>1</v>
+      </c>
+      <c r="K239" t="n">
+        <v>2219</v>
+      </c>
+      <c r="L239" t="n">
+        <v>0.6340865767175243</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B240" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>92.09</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F240" t="inlineStr">
+        <is>
+          <t>47.7</t>
+        </is>
+      </c>
+      <c r="G240" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="H240" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I240" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J240" t="n">
+        <v>1</v>
+      </c>
+      <c r="K240" t="n">
+        <v>813</v>
+      </c>
+      <c r="L240" t="n">
+        <v>0.67492076646178</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B241" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C241" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>1686.42</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>42.5</t>
+        </is>
+      </c>
+      <c r="F241" t="inlineStr">
+        <is>
+          <t>29.4</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H241" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I241" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J241" t="n">
+        <v>1</v>
+      </c>
+      <c r="K241" t="n">
+        <v>5070</v>
+      </c>
+      <c r="L241" t="n">
+        <v>0.4299794274153419</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B242" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C242" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F242" t="inlineStr">
+        <is>
+          <t>47.1</t>
+        </is>
+      </c>
+      <c r="G242" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H242" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I242" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J242" t="n">
+        <v>0</v>
+      </c>
+      <c r="K242" t="n">
+        <v>473</v>
+      </c>
+      <c r="L242" t="n">
+        <v>3.173650989177356</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B243" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C243" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>14.94</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F243" t="inlineStr">
+        <is>
+          <t>53.1</t>
+        </is>
+      </c>
+      <c r="G243" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H243" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I243" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J243" t="n">
+        <v>0</v>
+      </c>
+      <c r="K243" t="n">
+        <v>540</v>
+      </c>
+      <c r="L243" t="n">
+        <v>4.895781377654443</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B244" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>20.53</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <t>49.9</t>
+        </is>
+      </c>
+      <c r="G244" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H244" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I244" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J244" t="n">
+        <v>0</v>
+      </c>
+      <c r="K244" t="n">
+        <v>332</v>
+      </c>
+      <c r="L244" t="n">
+        <v>3.189987080246249</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B245" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>20.23</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F245" t="inlineStr">
+        <is>
+          <t>66.2</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H245" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I245" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J245" t="n">
+        <v>0</v>
+      </c>
+      <c r="K245" t="n">
+        <v>571</v>
+      </c>
+      <c r="L245" t="n">
+        <v>4.795515326035308</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B246" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>137.54</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>3.5</t>
+        </is>
+      </c>
+      <c r="F246" t="inlineStr">
+        <is>
+          <t>38.1</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I246" t="inlineStr">
+        <is>
+          <t>7.3</t>
+        </is>
+      </c>
+      <c r="J246" t="n">
+        <v>0</v>
+      </c>
+      <c r="K246" t="n">
+        <v>1053</v>
+      </c>
+      <c r="L246" t="n">
+        <v>1.635877721466321</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B247" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>57.71</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="F247" t="inlineStr">
+        <is>
+          <t>52.0</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H247" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I247" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J247" t="n">
+        <v>0</v>
+      </c>
+      <c r="K247" t="n">
+        <v>724</v>
+      </c>
+      <c r="L247" t="n">
+        <v>3.688304341487616</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B248" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C248" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>267.05</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="F248" t="inlineStr">
+        <is>
+          <t>42.4</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H248" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I248" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J248" t="n">
+        <v>0</v>
+      </c>
+      <c r="K248" t="n">
+        <v>1614</v>
+      </c>
+      <c r="L248" t="n">
+        <v>3.201282995774101</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B249" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C249" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D249" t="inlineStr">
+        <is>
+          <t>2.12</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F249" t="inlineStr">
+        <is>
+          <t>97.7</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H249" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I249" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J249" t="n">
+        <v>0</v>
+      </c>
+      <c r="K249" t="n">
+        <v>66</v>
+      </c>
+      <c r="L249" t="n">
+        <v>1.561396825411404</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B250" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C250" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D250" t="inlineStr">
+        <is>
+          <t>14.93</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F250" t="inlineStr">
+        <is>
+          <t>55.0</t>
+        </is>
+      </c>
+      <c r="G250" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H250" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I250" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J250" t="n">
+        <v>0</v>
+      </c>
+      <c r="K250" t="n">
+        <v>214</v>
+      </c>
+      <c r="L250" t="n">
+        <v>1.228925674264632</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B251" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>16.63</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>43.0</t>
+        </is>
+      </c>
+      <c r="G251" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H251" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="I251" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J251" t="n">
+        <v>0</v>
+      </c>
+      <c r="K251" t="n">
+        <v>212</v>
+      </c>
+      <c r="L251" t="n">
+        <v>2.852915579372314</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B252" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D252" t="inlineStr">
+        <is>
+          <t>7.48</t>
+        </is>
+      </c>
+      <c r="E252" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="J252" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B253" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D253" t="inlineStr">
+        <is>
+          <t>3387.09</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>85.3</t>
+        </is>
+      </c>
+      <c r="J253" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B254" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>584.16</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>14.7</t>
+        </is>
+      </c>
+      <c r="J254" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B255" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>3971.25</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B256" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>631.45</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>15.9</t>
+        </is>
+      </c>
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>43.6</t>
+        </is>
+      </c>
+      <c r="G256" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H256" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I256" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J256" t="n">
+        <v>1</v>
+      </c>
+      <c r="K256" t="n">
+        <v>660</v>
+      </c>
+      <c r="L256" t="n">
+        <v>0.2469512523643494</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B257" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>4.50</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G257" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H257" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I257" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J257" t="n">
+        <v>1</v>
+      </c>
+      <c r="K257" t="n">
+        <v>10</v>
+      </c>
+      <c r="L257" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B258" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>16621.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B259" s="34" t="n">
         <v>25</v>
       </c>
-      <c r="H8" t="s">
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <t>9166.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B260" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D260" t="inlineStr">
+        <is>
+          <t>102.78</t>
+        </is>
+      </c>
+      <c r="E260" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>31.6</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H260" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I260" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J260" t="n">
+        <v>1</v>
+      </c>
+      <c r="K260" t="n">
+        <v>818</v>
+      </c>
+      <c r="L260" t="n">
+        <v>4.716051967952382</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B261" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr">
+        <is>
+          <t>51.40</t>
+        </is>
+      </c>
+      <c r="E261" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F261" t="inlineStr">
+        <is>
+          <t>31.8</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H261" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I261" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J261" t="n">
+        <v>1</v>
+      </c>
+      <c r="K261" t="n">
+        <v>900</v>
+      </c>
+      <c r="L261" t="n">
+        <v>1.730357959545108</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B262" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D262" t="inlineStr">
+        <is>
+          <t>817.25</t>
+        </is>
+      </c>
+      <c r="E262" t="inlineStr">
+        <is>
+          <t>20.0</t>
+        </is>
+      </c>
+      <c r="F262" t="inlineStr">
+        <is>
+          <t>32.6</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H262" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I262" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J262" t="n">
+        <v>1</v>
+      </c>
+      <c r="K262" t="n">
+        <v>2125</v>
+      </c>
+      <c r="L262" t="n">
+        <v>0.6446123091326229</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B263" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr">
+        <is>
+          <t>94.74</t>
+        </is>
+      </c>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F263" t="inlineStr">
+        <is>
+          <t>47.8</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="H263" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I263" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J263" t="n">
+        <v>1</v>
+      </c>
+      <c r="K263" t="n">
+        <v>828</v>
+      </c>
+      <c r="L263" t="n">
+        <v>0.7098178405161328</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B264" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D264" t="inlineStr">
+        <is>
+          <t>1715.36</t>
+        </is>
+      </c>
+      <c r="E264" t="inlineStr">
+        <is>
+          <t>41.9</t>
+        </is>
+      </c>
+      <c r="F264" t="inlineStr">
+        <is>
+          <t>29.5</t>
+        </is>
+      </c>
+      <c r="G264" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H264" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I264" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J264" t="n">
+        <v>1</v>
+      </c>
+      <c r="K264" t="n">
+        <v>4790</v>
+      </c>
+      <c r="L264" t="n">
+        <v>0.4327260892214463</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B265" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D265" t="inlineStr">
+        <is>
+          <t>23.97</t>
+        </is>
+      </c>
+      <c r="E265" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F265" t="inlineStr">
+        <is>
+          <t>48.8</t>
+        </is>
+      </c>
+      <c r="G265" t="inlineStr">
+        <is>
+          <t>4.0</t>
+        </is>
+      </c>
+      <c r="H265" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I265" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J265" t="n">
+        <v>0</v>
+      </c>
+      <c r="K265" t="n">
+        <v>384</v>
+      </c>
+      <c r="L265" t="n">
+        <v>2.807512549465341</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B266" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D266" t="inlineStr">
+        <is>
+          <t>15.76</t>
+        </is>
+      </c>
+      <c r="E266" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F266" t="inlineStr">
+        <is>
+          <t>49.9</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H266" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I266" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J266" t="n">
+        <v>0</v>
+      </c>
+      <c r="K266" t="n">
+        <v>512</v>
+      </c>
+      <c r="L266" t="n">
+        <v>5.001640876183654</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B267" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D267" t="inlineStr">
+        <is>
+          <t>19.22</t>
+        </is>
+      </c>
+      <c r="E267" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F267" t="inlineStr">
+        <is>
+          <t>45.0</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H267" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I267" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J267" t="n">
+        <v>0</v>
+      </c>
+      <c r="K267" t="n">
+        <v>325</v>
+      </c>
+      <c r="L267" t="n">
+        <v>3.090592870725535</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B268" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D268" t="inlineStr">
+        <is>
+          <t>20.50</t>
+        </is>
+      </c>
+      <c r="E268" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F268" t="inlineStr">
+        <is>
+          <t>66.7</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H268" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I268" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J268" t="n">
+        <v>0</v>
+      </c>
+      <c r="K268" t="n">
+        <v>568</v>
+      </c>
+      <c r="L268" t="n">
+        <v>4.552958305790673</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B269" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D269" t="inlineStr">
+        <is>
+          <t>148.36</t>
+        </is>
+      </c>
+      <c r="E269" t="inlineStr">
+        <is>
+          <t>3.6</t>
+        </is>
+      </c>
+      <c r="F269" t="inlineStr">
+        <is>
+          <t>40.2</t>
+        </is>
+      </c>
+      <c r="G269" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H269" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I269" t="inlineStr">
+        <is>
+          <t>7.9</t>
+        </is>
+      </c>
+      <c r="J269" t="n">
+        <v>0</v>
+      </c>
+      <c r="K269" t="n">
+        <v>1083</v>
+      </c>
+      <c r="L269" t="n">
+        <v>1.776387178481944</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B270" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr">
+        <is>
+          <t>57.94</t>
+        </is>
+      </c>
+      <c r="E270" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="F270" t="inlineStr">
+        <is>
+          <t>54.5</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H270" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I270" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J270" t="n">
+        <v>0</v>
+      </c>
+      <c r="K270" t="n">
+        <v>700</v>
+      </c>
+      <c r="L270" t="n">
+        <v>3.314168395913136</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B271" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D271" t="inlineStr">
+        <is>
+          <t>270.27</t>
+        </is>
+      </c>
+      <c r="E271" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="F271" t="inlineStr">
+        <is>
+          <t>41.6</t>
+        </is>
+      </c>
+      <c r="G271" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H271" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I271" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J271" t="n">
+        <v>0</v>
+      </c>
+      <c r="K271" t="n">
+        <v>1661</v>
+      </c>
+      <c r="L271" t="n">
+        <v>3.258859658770701</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B272" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D272" t="inlineStr">
+        <is>
+          <t>2.66</t>
+        </is>
+      </c>
+      <c r="E272" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F272" t="inlineStr">
+        <is>
+          <t>96.6</t>
+        </is>
+      </c>
+      <c r="G272" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="H272" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I272" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J272" t="n">
+        <v>0</v>
+      </c>
+      <c r="K272" t="n">
+        <v>46</v>
+      </c>
+      <c r="L272" t="n">
+        <v>1.500401039100859</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B273" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>13.90</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>66.5</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H273" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I273" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J273" t="n">
+        <v>0</v>
+      </c>
+      <c r="K273" t="n">
+        <v>165</v>
+      </c>
+      <c r="L273" t="n">
+        <v>1.16228076094331</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B274" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>17.70</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>45.7</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H274" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="I274" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J274" t="n">
+        <v>0</v>
+      </c>
+      <c r="K274" t="n">
+        <v>189</v>
+      </c>
+      <c r="L274" t="n">
+        <v>2.805864519317685</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B275" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>6.82</t>
+        </is>
+      </c>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="J275" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B276" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>3497.07</t>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>85.4</t>
+        </is>
+      </c>
+      <c r="J276" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B277" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C277" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>597.10</t>
+        </is>
+      </c>
+      <c r="E277" t="inlineStr">
+        <is>
+          <t>14.6</t>
+        </is>
+      </c>
+      <c r="J277" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B278" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>4094.17</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B279" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>709.65</t>
+        </is>
+      </c>
+      <c r="E279" t="inlineStr">
+        <is>
+          <t>17.3</t>
+        </is>
+      </c>
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>38.8</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H279" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I279" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J279" t="n">
+        <v>1</v>
+      </c>
+      <c r="K279" t="n">
+        <v>662</v>
+      </c>
+      <c r="L279" t="n">
+        <v>0.2686017916317111</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B280" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C280" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D280" t="inlineStr">
+        <is>
+          <t>5.89</t>
+        </is>
+      </c>
+      <c r="E280" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H280" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I280" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J280" t="n">
+        <v>1</v>
+      </c>
+      <c r="K280" t="n">
+        <v>18</v>
+      </c>
+      <c r="L280" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B281" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D281" t="inlineStr">
+        <is>
+          <t>16073.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B282" s="34" t="n">
         <v>25</v>
       </c>
-      <c r="I8" t="s">
-[...2 lines deleted...]
-      <c r="J8">
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D282" t="inlineStr">
+        <is>
+          <t>8998.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B283" s="34" t="n">
         <v>1</v>
       </c>
-      <c r="K8">
-[...7 lines deleted...]
-      <c r="A9" t="s">
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr">
+        <is>
+          <t>103.77</t>
+        </is>
+      </c>
+      <c r="E283" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F283" t="inlineStr">
+        <is>
+          <t>34.3</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H283" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I283" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J283" t="n">
+        <v>1</v>
+      </c>
+      <c r="K283" t="n">
+        <v>785</v>
+      </c>
+      <c r="L283" t="n">
+        <v>4.655016888079706</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B284" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D284" t="inlineStr">
+        <is>
+          <t>50.50</t>
+        </is>
+      </c>
+      <c r="E284" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>33.1</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H284" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I284" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J284" t="n">
+        <v>1</v>
+      </c>
+      <c r="K284" t="n">
+        <v>1006</v>
+      </c>
+      <c r="L284" t="n">
+        <v>1.627790808506839</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B285" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D285" t="inlineStr">
+        <is>
+          <t>789.21</t>
+        </is>
+      </c>
+      <c r="E285" t="inlineStr">
+        <is>
+          <t>19.0</t>
+        </is>
+      </c>
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>32.7</t>
+        </is>
+      </c>
+      <c r="G285" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H285" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I285" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J285" t="n">
+        <v>1</v>
+      </c>
+      <c r="K285" t="n">
+        <v>2034</v>
+      </c>
+      <c r="L285" t="n">
+        <v>0.6675101695044956</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B286" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D286" t="inlineStr">
+        <is>
+          <t>95.45</t>
+        </is>
+      </c>
+      <c r="E286" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>47.3</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="H286" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I286" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J286" t="n">
+        <v>1</v>
+      </c>
+      <c r="K286" t="n">
+        <v>778</v>
+      </c>
+      <c r="L286" t="n">
+        <v>1.032479238472223</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B287" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D287" t="inlineStr">
+        <is>
+          <t>1757.14</t>
+        </is>
+      </c>
+      <c r="E287" t="inlineStr">
+        <is>
+          <t>42.3</t>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>30.6</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H287" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I287" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J287" t="n">
+        <v>1</v>
+      </c>
+      <c r="K287" t="n">
+        <v>5052</v>
+      </c>
+      <c r="L287" t="n">
+        <v>0.4379062984079878</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B288" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D288" t="inlineStr">
+        <is>
+          <t>26.26</t>
+        </is>
+      </c>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>45.1</t>
+        </is>
+      </c>
+      <c r="G288" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H288" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I288" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J288" t="n">
+        <v>0</v>
+      </c>
+      <c r="K288" t="n">
+        <v>438</v>
+      </c>
+      <c r="L288" t="n">
+        <v>2.62693306722768</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B289" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D289" t="inlineStr">
+        <is>
+          <t>14.84</t>
+        </is>
+      </c>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>52.1</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H289" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I289" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J289" t="n">
+        <v>0</v>
+      </c>
+      <c r="K289" t="n">
+        <v>482</v>
+      </c>
+      <c r="L289" t="n">
+        <v>4.886138623519757</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B290" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <t>20.94</t>
+        </is>
+      </c>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>49.7</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H290" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I290" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J290" t="n">
+        <v>0</v>
+      </c>
+      <c r="K290" t="n">
+        <v>351</v>
+      </c>
+      <c r="L290" t="n">
+        <v>2.650000419766116</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B291" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D291" t="inlineStr">
+        <is>
+          <t>19.01</t>
+        </is>
+      </c>
+      <c r="E291" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>64.5</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H291" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I291" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J291" t="n">
+        <v>0</v>
+      </c>
+      <c r="K291" t="n">
+        <v>532</v>
+      </c>
+      <c r="L291" t="n">
+        <v>4.500897659036668</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B292" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D292" t="inlineStr">
+        <is>
+          <t>138.87</t>
+        </is>
+      </c>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>3.3</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>39.1</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H292" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I292" t="inlineStr">
+        <is>
+          <t>7.1</t>
+        </is>
+      </c>
+      <c r="J292" t="n">
+        <v>0</v>
+      </c>
+      <c r="K292" t="n">
+        <v>1076</v>
+      </c>
+      <c r="L292" t="n">
+        <v>1.640475403204788</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B293" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C293" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D293" t="inlineStr">
+        <is>
+          <t>56.04</t>
+        </is>
+      </c>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>50.9</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H293" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I293" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J293" t="n">
+        <v>0</v>
+      </c>
+      <c r="K293" t="n">
+        <v>638</v>
+      </c>
+      <c r="L293" t="n">
+        <v>3.757514404615962</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B294" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D294" t="inlineStr">
+        <is>
+          <t>274.59</t>
+        </is>
+      </c>
+      <c r="E294" t="inlineStr">
+        <is>
+          <t>6.6</t>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>42.1</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H294" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I294" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J294" t="n">
+        <v>0</v>
+      </c>
+      <c r="K294" t="n">
+        <v>1566</v>
+      </c>
+      <c r="L294" t="n">
+        <v>3.309802431608198</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B295" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D295" t="inlineStr">
+        <is>
+          <t>2.51</t>
+        </is>
+      </c>
+      <c r="E295" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F295" t="inlineStr">
+        <is>
+          <t>97.1</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H295" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I295" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J295" t="n">
+        <v>0</v>
+      </c>
+      <c r="K295" t="n">
+        <v>55</v>
+      </c>
+      <c r="L295" t="n">
+        <v>1.454015015250268</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B296" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C296" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D296" t="inlineStr">
+        <is>
+          <t>13.23</t>
+        </is>
+      </c>
+      <c r="E296" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F296" t="inlineStr">
+        <is>
+          <t>63.7</t>
+        </is>
+      </c>
+      <c r="G296" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H296" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I296" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J296" t="n">
+        <v>0</v>
+      </c>
+      <c r="K296" t="n">
+        <v>176</v>
+      </c>
+      <c r="L296" t="n">
+        <v>1.146932310412353</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B297" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>17.82</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>45.9</t>
+        </is>
+      </c>
+      <c r="G297" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H297" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I297" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J297" t="n">
+        <v>0</v>
+      </c>
+      <c r="K297" t="n">
+        <v>190</v>
+      </c>
+      <c r="L297" t="n">
+        <v>2.870496879508392</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B298" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>6.60</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="J298" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B299" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>3561.35</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>85.8</t>
+        </is>
+      </c>
+      <c r="J299" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B300" s="34" t="n">
         <v>20</v>
       </c>
-      <c r="B9" s="10">
-[...14 lines deleted...]
-      <c r="G9" t="s">
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>590.71</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>14.2</t>
+        </is>
+      </c>
+      <c r="J300" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B301" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>4152.07</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B302" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>762.08</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>18.4</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>35.1</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H302" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I302" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J302" t="n">
+        <v>1</v>
+      </c>
+      <c r="K302" t="n">
+        <v>773</v>
+      </c>
+      <c r="L302" t="n">
+        <v>0.2342263192149422</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B303" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>3.21</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>100.0</t>
+        </is>
+      </c>
+      <c r="G303" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H303" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="I303" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="J303" t="n">
+        <v>1</v>
+      </c>
+      <c r="K303" t="n">
+        <v>10</v>
+      </c>
+      <c r="L303" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B304" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C304" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>16260.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B305" s="34" t="n">
         <v>25</v>
       </c>
-      <c r="H9" t="s">
-[...8874 lines deleted...]
-        <v>598</v>
+      <c r="C305" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D305" t="inlineStr">
+        <is>
+          <t>8812.00</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:K42"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A2:K45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...432 lines deleted...]
-        <v>639</v>
+    <row r="1" customFormat="1" s="26"/>
+    <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
+      <c r="D2" s="25" t="inlineStr">
+        <is>
+          <t>NEW YORK FED  ECONOMIC RESEARCH</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
+    <row r="4" customFormat="1" s="26">
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>https://www.newyorkfed.org/research</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" customFormat="1" s="3"/>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>date</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>collateral_type</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>value</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>960.50</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>366.40</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>480.20</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>847.40</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>331.60</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>423.60</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>872.80</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>305.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>436.30</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>1024.10</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>341.40</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>512.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>1012.20</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>355.80</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>506.10</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>1113.60</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>392.10</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>556.80</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>1049.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>384.50</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>524.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>985.50</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>389.10</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>492.80</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>927.37</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>323.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>463.60</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>954.49</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>319.20</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>477.20</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>841.40</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>315.40</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>420.70</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>839.10</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>301.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>419.50</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>814.80</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>309.50</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>407.40</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:K42"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A2:K45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L34" sqref="L34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...765 lines deleted...]
-        <v>747</v>
+    <row r="1" customFormat="1" s="26"/>
+    <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
+      <c r="D2" s="25" t="inlineStr">
+        <is>
+          <t>NEW YORK FED  ECONOMIC RESEARCH</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
+    <row r="4" customFormat="1" s="26">
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>https://www.newyorkfed.org/research</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" customFormat="1" s="3"/>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>date</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>collateral_type</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>overnight</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>overnight_share</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>term</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>term_share</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>0.90</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>0.7</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>19.10</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>14.0</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>75.50</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>21.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>116.00</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>85.3</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>272.10</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>78.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>1.10</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>0.9</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>14.90</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>12.5</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>80.00</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>29.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>103.00</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>86.6</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>187.30</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>69.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>1.70</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>1.8</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>24.70</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>25.6</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>74.30</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>23.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>69.90</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>72.6</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>244.30</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>76.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>0.90</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>0.7</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>18.90</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>14.0</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>74.40</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>20.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>115.10</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>85.3</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>291.30</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>79.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>2.20</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>19.30</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>13.1</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>82.20</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>25.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>125.60</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>85.4</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>238.90</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>74.4</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>1.60</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>1.1</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>20.10</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>13.8</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>92.80</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>22.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>123.70</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>85.1</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>320.20</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>77.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>3.20</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>2.4</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>22.60</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>17.0</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>87.40</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>23.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>107.30</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>80.6</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>280.90</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>76.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>3.40</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>25.10</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>22.1</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>70.40</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>21.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>85.00</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>74.9</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>264.20</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>79.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>2.90</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>21.40</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>15.2</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>35.87</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>13.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>116.30</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>82.7</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>225.80</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>86.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>4.90</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>4.4</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>29.40</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>26.5</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>36.99</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>12.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>76.80</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>69.1</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>264.30</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>87.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>5.20</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>24.20</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>20.1</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>44.50</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>18.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>90.70</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>75.5</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>190.70</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>81.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>5.40</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>4.8</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>21.80</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>19.3</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>38.70</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>17.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>86.00</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>76.0</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>180.10</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>82.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>5.10</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>0.80</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>26.70</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>22.6</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>44.10</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>24.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>86.30</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>73.1</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>135.00</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>75.0</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:K114"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A2:K123"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...2205 lines deleted...]
-        <v>474</v>
+    <row r="1" customFormat="1" s="26"/>
+    <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
+      <c r="D2" s="25" t="inlineStr">
+        <is>
+          <t>NEW YORK FED  ECONOMIC RESEARCH</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
+    <row r="4" customFormat="1" s="26">
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>https://www.newyorkfed.org/research</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" customFormat="1" s="3"/>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>date</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>collateral_type</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>overnight</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>overnight_share</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>term</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>term_share</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>0.90</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>212.70</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>61.0</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>264.20</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>43.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>3.80</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>1.1</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>15.30</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>4.4</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>75.20</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>12.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>115.70</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>33.2</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>271.90</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>44.4</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>1.10</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>180.10</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>60.2</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>280.50</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>51.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>4.00</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>10.90</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>3.6</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>80.00</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>14.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>102.50</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>34.3</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>187.30</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>34.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>1.70</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>197.00</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>67.2</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>260.60</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>45.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>3.70</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>21.00</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>7.2</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>74.30</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>12.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>0.70</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>69.20</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>23.6</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>244.30</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>42.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>0.90</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>233.40</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>63.4</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>290.10</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>44.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>3.50</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>15.40</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>4.2</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>74.40</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>11.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>0.60</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>114.50</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>31.1</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>291.30</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>44.4</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>2.20</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>241.60</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>62.2</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>302.40</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>48.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>3.60</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>0.9</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>15.70</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>4.0</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>82.00</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>13.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>4.00</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>121.10</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>31.2</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>238.40</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>38.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>1.60</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>254.80</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>63.7</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>300.40</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>42.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>3.70</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>0.9</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>16.40</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>92.80</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>13.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>0.80</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>122.90</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>30.7</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>320.20</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>44.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>3.20</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>0.8</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>261.20</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>66.2</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>287.30</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>43.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>4.50</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>1.1</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>0.80</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>18.10</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>4.6</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>86.60</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>13.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>104.80</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>26.6</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>280.90</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>42.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>3.40</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>0.9</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>275.50</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>70.8</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>261.90</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>43.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>3.20</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>0.8</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>21.90</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>5.6</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>69.40</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>11.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>84.50</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>21.7</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>264.20</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>44.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>2.90</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>0.7</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>263.80</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>65.2</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>261.30</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>50.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>4.80</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>0.27</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>16.60</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>35.60</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>6.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>115.80</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>28.6</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>225.80</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>43.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>4.90</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>299.40</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>72.9</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>242.70</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>44.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>5.40</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>0.39</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>24.00</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>5.8</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>36.60</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>0.40</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>76.40</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>18.6</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>264.00</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>48.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>5.20</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>244.70</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>67.1</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>241.40</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>50.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>5.50</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>18.70</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>5.1</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>44.00</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>9.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>90.70</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>24.9</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>190.70</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>40.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>5.40</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>276.40</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>70.9</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>230.70</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>51.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>6.50</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>1.7</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>0.70</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>15.30</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>3.9</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>38.00</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>8.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>86.00</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>22.1</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>180.10</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>40.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>5.10</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>0.80</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>287.40</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>70.9</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>229.40</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>56.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>FNMA and FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>5.20</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>21.50</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>5.3</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>43.60</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>10.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>86.30</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>21.3</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>135.00</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>33.0</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:K42"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A2:K45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...765 lines deleted...]
-        <v>943</v>
+    <row r="1" customFormat="1" s="26"/>
+    <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
+      <c r="D2" s="25" t="inlineStr">
+        <is>
+          <t>NEW YORK FED  ECONOMIC RESEARCH</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
+    <row r="4" customFormat="1" s="26">
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>https://www.newyorkfed.org/research</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" customFormat="1" s="3"/>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>date</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>collateral_type</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>TPR_value</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>TPR_share</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>GCF_value</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>GCF_share</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>34.99</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>0.90</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>759.17</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>31.6</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>94.60</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>19.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>20241210</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>1606.98</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>66.9</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>388.10</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>80.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>40.08</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>1.7</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>1.60</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>762.94</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>31.8</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>94.90</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>24.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>20250110</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>1594.98</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>66.5</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>290.30</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>75.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>42.24</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>1.7</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>788.17</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>31.3</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>99.00</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>23.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>20250211</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>1686.80</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>67.0</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>314.20</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>75.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>43.09</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>1.6</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>0.90</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>856.98</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>31.8</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>93.30</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>18.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>20250311</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>1793.58</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>66.6</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>406.40</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>81.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>45.88</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>1.7</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>2.20</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>865.44</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>32.4</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>101.50</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>21.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>20250409</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>1761.32</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>65.9</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>364.50</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>77.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>43.94</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>1.6</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>1.60</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>911.78</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>32.6</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>112.90</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>20.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>20250509</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>1837.35</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>65.8</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>443.90</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>79.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>47.33</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>1.7</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>3.20</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>922.14</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>32.5</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>21.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>20250610</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>1866.90</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>65.8</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>388.20</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>77.4</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>47.97</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>1.7</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>3.40</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>0.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>918.27</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>32.1</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>95.50</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>21.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>20250710</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>1890.95</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>66.2</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>349.20</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>77.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>48.62</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>1.7</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>2.90</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>0.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>917.54</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>32.4</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>57.27</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>14.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>20250811</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>1867.15</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>65.9</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>342.10</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>85.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>51.42</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>1.9</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>4.90</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>1.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>916.55</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>33.5</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>66.39</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>16.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>20250910</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>1768.80</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>64.6</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>341.10</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>82.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>48.65</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>1.8</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>5.20</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>923.99</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>33.6</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>68.70</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>19.3</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>20251009</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>1778.51</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>64.6</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>281.40</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>79.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>51.40</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>1.8</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>5.40</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>1.6</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>920.03</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>33.1</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>60.50</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>18.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>20251112</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>1810.10</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>65.1</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>266.10</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>80.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>50.50</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>1.8</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>5.90</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>892.97</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>31.9</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>70.80</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>23.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>20251209</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>1852.58</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>66.3</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>221.30</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>74.3</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...23 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Scally, Joelle W</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">Scally, Joelle W</dc:creator>
+  <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>