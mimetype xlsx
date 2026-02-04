--- v1 (2025-12-25)
+++ v2 (2026-02-04)
@@ -2056,51 +2056,51 @@
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D7" r:id="rId2"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D15" r:id="rId3"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D16" display="For any questions, please contact New York Fed Research Publications." r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:L305"/>
+  <dimension ref="A2:L328"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="13.7" customFormat="1" customHeight="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6" ht="15.75" customHeight="1">
@@ -2194,51 +2194,51 @@
           <t>38.4</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J7" t="n">
         <v>1</v>
       </c>
       <c r="K7" t="n">
         <v>732</v>
       </c>
       <c r="L7" t="n">
-        <v>4.625026746970398</v>
+        <v>4.625026742507236</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B8" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>34.99</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
@@ -2248,51 +2248,51 @@
           <t>26.6</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J8" t="n">
         <v>1</v>
       </c>
       <c r="K8" t="n">
         <v>900</v>
       </c>
       <c r="L8" t="n">
-        <v>1.76961288327697</v>
+        <v>1.769612881709842</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B9" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C9" s="9" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>683.03</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>19.9</t>
         </is>
@@ -2302,51 +2302,51 @@
           <t>27.3</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J9" t="n">
         <v>1</v>
       </c>
       <c r="K9" t="n">
         <v>2105</v>
       </c>
       <c r="L9" t="n">
-        <v>0.6498878704268253</v>
+        <v>0.649887868711823</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B10" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C10" s="9" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>94.44</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>2.7</t>
         </is>
@@ -2356,105 +2356,105 @@
           <t>45.7</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>2.4</t>
         </is>
       </c>
       <c r="J10" t="n">
         <v>1</v>
       </c>
       <c r="K10" t="n">
         <v>931</v>
       </c>
       <c r="L10" t="n">
-        <v>0.6756274926922871</v>
+        <v>0.6756274861534353</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B11" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C11" s="9" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>1512.54</t>
+          <t>1512.44</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>44.0</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>28.3</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J11" t="n">
         <v>1</v>
       </c>
       <c r="K11" t="n">
-        <v>4946</v>
+        <v>4945</v>
       </c>
       <c r="L11" t="n">
-        <v>0.4397201623620609</v>
+        <v>0.4395577568936706</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B12" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C12" s="9" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>20.28</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -2464,51 +2464,51 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J12" t="n">
         <v>0</v>
       </c>
       <c r="K12" t="n">
         <v>383</v>
       </c>
       <c r="L12" t="n">
-        <v>2.796168830771521</v>
+        <v>2.796168834476526</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B13" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C13" s="9" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>14.42</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -2518,51 +2518,51 @@
           <t>47.9</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J13" t="n">
         <v>0</v>
       </c>
       <c r="K13" t="n">
         <v>379</v>
       </c>
       <c r="L13" t="n">
-        <v>5.459924278836215</v>
+        <v>5.459924280383593</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B14" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C14" s="9" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>15.61</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -2572,51 +2572,51 @@
           <t>57.2</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J14" t="n">
         <v>0</v>
       </c>
       <c r="K14" t="n">
         <v>290</v>
       </c>
       <c r="L14" t="n">
-        <v>3.180600603736742</v>
+        <v>3.180600592804915</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B15" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C15" s="9" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>17.23</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -2626,51 +2626,51 @@
           <t>68.6</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J15" t="n">
         <v>0</v>
       </c>
       <c r="K15" t="n">
         <v>433</v>
       </c>
       <c r="L15" t="n">
-        <v>4.682861885802596</v>
+        <v>4.682861878786701</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B16" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C16" s="9" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>112.12</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -2680,51 +2680,51 @@
           <t>37.5</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>7.9</t>
         </is>
       </c>
       <c r="J16" t="n">
         <v>0</v>
       </c>
       <c r="K16" t="n">
         <v>950</v>
       </c>
       <c r="L16" t="n">
-        <v>1.740544530272201</v>
+        <v>1.740544529682866</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B17" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C17" s="9" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>50.63</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
@@ -2734,51 +2734,51 @@
           <t>55.0</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J17" t="n">
         <v>0</v>
       </c>
       <c r="K17" t="n">
         <v>676</v>
       </c>
       <c r="L17" t="n">
-        <v>3.362695533904691</v>
+        <v>3.362695537204202</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B18" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C18" s="9" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>219.26</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
@@ -2788,51 +2788,51 @@
           <t>42.6</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
           <t>11.1</t>
         </is>
       </c>
       <c r="J18" t="n">
         <v>0</v>
       </c>
       <c r="K18" t="n">
         <v>1460</v>
       </c>
       <c r="L18" t="n">
-        <v>2.839091239862038</v>
+        <v>2.839091231081285</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B19" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C19" s="9" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>0.13</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -2842,51 +2842,51 @@
           <t>74.7</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
           <t>2.6</t>
         </is>
       </c>
       <c r="J19" t="n">
         <v>0</v>
       </c>
       <c r="K19" t="n">
         <v>47</v>
       </c>
       <c r="L19" t="n">
-        <v>1.102517572464889</v>
+        <v>1.102517554560311</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B20" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C20" s="9" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>10.33</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -2896,51 +2896,51 @@
           <t>69.1</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J20" t="n">
         <v>0</v>
       </c>
       <c r="K20" t="n">
         <v>169</v>
       </c>
       <c r="L20" t="n">
-        <v>1.113476198876056</v>
+        <v>1.113476191280286</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B21" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C21" s="9" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>12.92</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -2950,263 +2950,205 @@
           <t>45.8</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>5.3</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>8.8</t>
         </is>
       </c>
       <c r="J21" t="n">
         <v>0</v>
       </c>
       <c r="K21" t="n">
         <v>185</v>
       </c>
       <c r="L21" t="n">
-        <v>2.417429904406025</v>
+        <v>2.417429911359915</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B22" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C22" s="9" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>4.90</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J22" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B23" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C23" s="9" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>2958.41</t>
+          <t>2401.03</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>86.1</t>
+          <t>69.9</t>
         </is>
       </c>
       <c r="J23" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B24" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C24" s="11" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>477.82</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>13.9</t>
         </is>
       </c>
       <c r="J24" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B25" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C25" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>3436.23</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B26" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>382.41</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>11.1</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.3308543004738925</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B27" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>174.86</t>
+          <t>174.97</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B28" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>15274.00</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
@@ -3256,51 +3198,51 @@
           <t>39.2</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I30" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J30" t="n">
         <v>1</v>
       </c>
       <c r="K30" t="n">
         <v>669</v>
       </c>
       <c r="L30" t="n">
-        <v>4.816821987507711</v>
+        <v>4.816821990284339</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B31" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>40.08</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -3310,51 +3252,51 @@
           <t>30.8</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I31" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J31" t="n">
         <v>1</v>
       </c>
       <c r="K31" t="n">
         <v>848</v>
       </c>
       <c r="L31" t="n">
-        <v>1.80424415774152</v>
+        <v>1.804244158899916</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B32" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>685.84</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>20.1</t>
         </is>
@@ -3364,51 +3306,51 @@
           <t>30.3</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I32" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J32" t="n">
         <v>1</v>
       </c>
       <c r="K32" t="n">
         <v>1972</v>
       </c>
       <c r="L32" t="n">
-        <v>0.6153547457515713</v>
+        <v>0.6153547472978694</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B33" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>84.90</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
@@ -3418,51 +3360,51 @@
           <t>50.6</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J33" t="n">
         <v>1</v>
       </c>
       <c r="K33" t="n">
         <v>786</v>
       </c>
       <c r="L33" t="n">
-        <v>0.7827746220742869</v>
+        <v>0.7827746052262426</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B34" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>1510.08</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>44.2</t>
         </is>
@@ -3472,51 +3414,51 @@
           <t>29.1</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J34" t="n">
         <v>1</v>
       </c>
       <c r="K34" t="n">
         <v>4675</v>
       </c>
       <c r="L34" t="n">
-        <v>0.4431582047505337</v>
+        <v>0.4431582059542613</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B35" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>19.31</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -3526,51 +3468,51 @@
           <t>44.2</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J35" t="n">
         <v>0</v>
       </c>
       <c r="K35" t="n">
         <v>362</v>
       </c>
       <c r="L35" t="n">
-        <v>2.824894028974613</v>
+        <v>2.824894001362468</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B36" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>15.54</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -3580,51 +3522,51 @@
           <t>53.7</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I36" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J36" t="n">
         <v>0</v>
       </c>
       <c r="K36" t="n">
         <v>391</v>
       </c>
       <c r="L36" t="n">
-        <v>5.373118283686141</v>
+        <v>5.373118204321224</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B37" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>16.34</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -3634,51 +3576,51 @@
           <t>56.4</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I37" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J37" t="n">
         <v>0</v>
       </c>
       <c r="K37" t="n">
         <v>276</v>
       </c>
       <c r="L37" t="n">
-        <v>3.561983864527461</v>
+        <v>3.561983823383667</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B38" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>17.05</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -3688,51 +3630,51 @@
           <t>66.7</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J38" t="n">
         <v>0</v>
       </c>
       <c r="K38" t="n">
         <v>313</v>
       </c>
       <c r="L38" t="n">
-        <v>5.089647781569832</v>
+        <v>5.089647775910524</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B39" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>114.52</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>3.4</t>
         </is>
@@ -3742,51 +3684,51 @@
           <t>34.6</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J39" t="n">
         <v>0</v>
       </c>
       <c r="K39" t="n">
         <v>924</v>
       </c>
       <c r="L39" t="n">
-        <v>1.857335642879319</v>
+        <v>1.857335634656794</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B40" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>51.54</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
@@ -3796,51 +3738,51 @@
           <t>54.8</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J40" t="n">
         <v>0</v>
       </c>
       <c r="K40" t="n">
         <v>598</v>
       </c>
       <c r="L40" t="n">
-        <v>5.063751516309813</v>
+        <v>5.063751506002251</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B41" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>198.55</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
@@ -3850,51 +3792,51 @@
           <t>44.0</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J41" t="n">
         <v>0</v>
       </c>
       <c r="K41" t="n">
         <v>1328</v>
       </c>
       <c r="L41" t="n">
-        <v>2.872354425004181</v>
+        <v>2.872354419455396</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B42" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>0.60</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -3904,51 +3846,51 @@
           <t>90.3</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
           <t>4.6</t>
         </is>
       </c>
       <c r="J42" t="n">
         <v>0</v>
       </c>
       <c r="K42" t="n">
         <v>41</v>
       </c>
       <c r="L42" t="n">
-        <v>1.037032026679269</v>
+        <v>1.037032026070807</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B43" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>9.09</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -3958,51 +3900,51 @@
           <t>72.8</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I43" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J43" t="n">
         <v>0</v>
       </c>
       <c r="K43" t="n">
         <v>129</v>
       </c>
       <c r="L43" t="n">
-        <v>1.227168276200088</v>
+        <v>1.227168268575794</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B44" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>14.59</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -4012,263 +3954,205 @@
           <t>45.6</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J44" t="n">
         <v>0</v>
       </c>
       <c r="K44" t="n">
         <v>187</v>
       </c>
       <c r="L44" t="n">
-        <v>2.472235219884126</v>
+        <v>2.472235226081986</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B45" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>4.55</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J45" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B46" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>2954.12</t>
+          <t>2398.01</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>86.5</t>
+          <t>70.2</t>
         </is>
       </c>
       <c r="J46" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B47" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>461.67</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>13.5</t>
         </is>
       </c>
       <c r="J47" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B48" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>3415.79</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B49" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>377.25</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>11.0</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.4757475520201035</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B50" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>178.86</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B51" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>14142.00</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
@@ -4318,51 +4202,51 @@
           <t>39.6</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J53" t="n">
         <v>1</v>
       </c>
       <c r="K53" t="n">
         <v>755</v>
       </c>
       <c r="L53" t="n">
-        <v>4.559625877496202</v>
+        <v>4.559625883612501</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B54" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>42.24</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -4372,51 +4256,51 @@
           <t>32.4</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J54" t="n">
         <v>1</v>
       </c>
       <c r="K54" t="n">
         <v>790</v>
       </c>
       <c r="L54" t="n">
-        <v>1.848980161499529</v>
+        <v>1.848980169087284</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B55" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>700.36</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>20.0</t>
         </is>
@@ -4426,51 +4310,51 @@
           <t>28.7</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J55" t="n">
         <v>1</v>
       </c>
       <c r="K55" t="n">
         <v>2039</v>
       </c>
       <c r="L55" t="n">
-        <v>0.6402642421617315</v>
+        <v>0.6402642410505903</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B56" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>85.22</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>2.4</t>
         </is>
@@ -4480,105 +4364,105 @@
           <t>54.8</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J56" t="n">
         <v>1</v>
       </c>
       <c r="K56" t="n">
         <v>836</v>
       </c>
       <c r="L56" t="n">
-        <v>1.292538649055804</v>
+        <v>1.292538619092806</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B57" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>1601.58</t>
+          <t>1601.48</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>45.7</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>29.2</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I57" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J57" t="n">
         <v>1</v>
       </c>
       <c r="K57" t="n">
-        <v>4754</v>
+        <v>4753</v>
       </c>
       <c r="L57" t="n">
-        <v>0.4534538366962653</v>
+        <v>0.4535006931786619</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B58" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>21.01</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -4588,51 +4472,51 @@
           <t>49.0</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I58" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J58" t="n">
         <v>0</v>
       </c>
       <c r="K58" t="n">
         <v>393</v>
       </c>
       <c r="L58" t="n">
-        <v>2.851879862173658</v>
+        <v>2.851879869965323</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B59" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>14.02</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -4642,51 +4526,51 @@
           <t>55.2</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I59" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J59" t="n">
         <v>0</v>
       </c>
       <c r="K59" t="n">
         <v>361</v>
       </c>
       <c r="L59" t="n">
-        <v>5.345147259648949</v>
+        <v>5.345147207691405</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B60" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>16.21</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -4696,51 +4580,51 @@
           <t>52.8</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I60" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J60" t="n">
         <v>0</v>
       </c>
       <c r="K60" t="n">
         <v>280</v>
       </c>
       <c r="L60" t="n">
-        <v>3.567665751554093</v>
+        <v>3.567665798677281</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B61" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>17.11</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -4750,51 +4634,51 @@
           <t>68.3</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>4.2</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I61" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J61" t="n">
         <v>0</v>
       </c>
       <c r="K61" t="n">
         <v>445</v>
       </c>
       <c r="L61" t="n">
-        <v>4.425244365346156</v>
+        <v>4.425244380967336</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B62" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>124.70</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>3.6</t>
         </is>
@@ -4804,51 +4688,51 @@
           <t>36.3</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I62" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="J62" t="n">
         <v>0</v>
       </c>
       <c r="K62" t="n">
         <v>1046</v>
       </c>
       <c r="L62" t="n">
-        <v>1.755760713118819</v>
+        <v>1.75576071803744</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B63" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>49.14</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -4858,51 +4742,51 @@
           <t>49.7</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J63" t="n">
         <v>0</v>
       </c>
       <c r="K63" t="n">
         <v>715</v>
       </c>
       <c r="L63" t="n">
-        <v>3.184250943338547</v>
+        <v>3.184250919970691</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B64" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>223.01</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
@@ -4912,51 +4796,51 @@
           <t>45.3</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I64" t="inlineStr">
         <is>
           <t>10.4</t>
         </is>
       </c>
       <c r="J64" t="n">
         <v>0</v>
       </c>
       <c r="K64" t="n">
         <v>1448</v>
       </c>
       <c r="L64" t="n">
-        <v>2.687902376802669</v>
+        <v>2.687902372675197</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B65" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>0.58</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -4966,51 +4850,51 @@
           <t>85.4</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I65" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J65" t="n">
         <v>0</v>
       </c>
       <c r="K65" t="n">
         <v>48</v>
       </c>
       <c r="L65" t="n">
-        <v>1.364905154825118</v>
+        <v>1.364905142419014</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B66" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>14.04</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -5020,51 +4904,51 @@
           <t>60.5</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I66" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J66" t="n">
         <v>0</v>
       </c>
       <c r="K66" t="n">
         <v>211</v>
       </c>
       <c r="L66" t="n">
-        <v>1.280856694938578</v>
+        <v>1.280856696150366</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B67" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>14.87</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -5074,263 +4958,205 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="I67" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J67" t="n">
         <v>0</v>
       </c>
       <c r="K67" t="n">
         <v>167</v>
       </c>
       <c r="L67" t="n">
-        <v>2.404047952747227</v>
+        <v>2.404047951274613</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B68" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>5.12</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J68" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B69" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>3004.98</t>
+          <t>2517.11</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>85.7</t>
+          <t>71.8</t>
         </is>
       </c>
       <c r="J69" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B70" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>499.82</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>14.3</t>
         </is>
       </c>
       <c r="J70" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B71" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>3504.79</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B72" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>411.31</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>11.7</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2974067941294644</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B73" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>76.46</t>
+          <t>76.56</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>2.2</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B74" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>15080.00</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
@@ -5380,51 +5206,51 @@
           <t>37.5</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J76" t="n">
         <v>1</v>
       </c>
       <c r="K76" t="n">
         <v>784</v>
       </c>
       <c r="L76" t="n">
-        <v>4.634031110222003</v>
+        <v>4.63403110770001</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B77" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>43.09</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -5434,51 +5260,51 @@
           <t>31.7</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I77" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J77" t="n">
         <v>1</v>
       </c>
       <c r="K77" t="n">
         <v>805</v>
       </c>
       <c r="L77" t="n">
-        <v>1.837889683823428</v>
+        <v>1.837889679003451</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B78" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>761.50</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>20.4</t>
         </is>
@@ -5488,51 +5314,51 @@
           <t>32.4</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J78" t="n">
         <v>1</v>
       </c>
       <c r="K78" t="n">
         <v>2030</v>
       </c>
       <c r="L78" t="n">
-        <v>0.640792115760678</v>
+        <v>0.6407921161090834</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B79" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>85.11</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -5542,105 +5368,105 @@
           <t>52.6</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>1.8</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J79" t="n">
         <v>1</v>
       </c>
       <c r="K79" t="n">
         <v>846</v>
       </c>
       <c r="L79" t="n">
-        <v>0.6183169077203552</v>
+        <v>0.6183169082368588</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B80" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>1708.47</t>
+          <t>1708.37</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>45.8</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>32.0</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J80" t="n">
         <v>1</v>
       </c>
       <c r="K80" t="n">
-        <v>4546</v>
+        <v>4545</v>
       </c>
       <c r="L80" t="n">
-        <v>0.4654625752101329</v>
+        <v>0.4653069436810898</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B81" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>20.54</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -5650,51 +5476,51 @@
           <t>49.2</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J81" t="n">
         <v>0</v>
       </c>
       <c r="K81" t="n">
         <v>380</v>
       </c>
       <c r="L81" t="n">
-        <v>2.727545556311685</v>
+        <v>2.727545541869164</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B82" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>13.71</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -5704,51 +5530,51 @@
           <t>58.8</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J82" t="n">
         <v>0</v>
       </c>
       <c r="K82" t="n">
         <v>348</v>
       </c>
       <c r="L82" t="n">
-        <v>5.580011915899717</v>
+        <v>5.580011862601257</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B83" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>16.59</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -5758,51 +5584,51 @@
           <t>52.4</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>3.8</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J83" t="n">
         <v>0</v>
       </c>
       <c r="K83" t="n">
         <v>303</v>
       </c>
       <c r="L83" t="n">
-        <v>3.302455539407071</v>
+        <v>3.302455482958583</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B84" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>18.21</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -5812,51 +5638,51 @@
           <t>68.7</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J84" t="n">
         <v>0</v>
       </c>
       <c r="K84" t="n">
         <v>457</v>
       </c>
       <c r="L84" t="n">
-        <v>4.545364779027831</v>
+        <v>4.545364778072351</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B85" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>128.78</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>3.5</t>
         </is>
@@ -5866,51 +5692,51 @@
           <t>37.2</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I85" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="J85" t="n">
         <v>0</v>
       </c>
       <c r="K85" t="n">
         <v>1070</v>
       </c>
       <c r="L85" t="n">
-        <v>1.650958223052909</v>
+        <v>1.650958230437839</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B86" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>51.90</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -5920,51 +5746,51 @@
           <t>50.9</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J86" t="n">
         <v>0</v>
       </c>
       <c r="K86" t="n">
         <v>714</v>
       </c>
       <c r="L86" t="n">
-        <v>3.287875093969979</v>
+        <v>3.287875058392327</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B87" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>220.13</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
@@ -5974,51 +5800,51 @@
           <t>45.7</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I87" t="inlineStr">
         <is>
           <t>11.8</t>
         </is>
       </c>
       <c r="J87" t="n">
         <v>0</v>
       </c>
       <c r="K87" t="n">
         <v>1470</v>
       </c>
       <c r="L87" t="n">
-        <v>2.977248271589958</v>
+        <v>2.977248272103764</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B88" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>0.69</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -6028,51 +5854,51 @@
           <t>90.0</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I88" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J88" t="n">
         <v>0</v>
       </c>
       <c r="K88" t="n">
         <v>49</v>
       </c>
       <c r="L88" t="n">
-        <v>1.324659624410928</v>
+        <v>1.324659628685456</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B89" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>14.61</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -6082,51 +5908,51 @@
           <t>55.3</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J89" t="n">
         <v>0</v>
       </c>
       <c r="K89" t="n">
         <v>195</v>
       </c>
       <c r="L89" t="n">
-        <v>1.208741175727412</v>
+        <v>1.20874115382772</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B90" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>14.44</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -6136,263 +5962,205 @@
           <t>44.3</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I90" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J90" t="n">
         <v>0</v>
       </c>
       <c r="K90" t="n">
         <v>188</v>
       </c>
       <c r="L90" t="n">
-        <v>2.314382739902327</v>
+        <v>2.314382738917251</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B91" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>4.96</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J91" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B92" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>3222.09</t>
+          <t>2693.55</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>86.5</t>
+          <t>72.3</t>
         </is>
       </c>
       <c r="J92" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B93" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>504.57</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>13.5</t>
         </is>
       </c>
       <c r="J93" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B94" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>3726.66</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B95" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>391.12</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>10.5</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.3062973577521681</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B96" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>137.33</t>
+          <t>137.43</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>3.7</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B97" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>14967.00</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
@@ -6442,51 +6210,51 @@
           <t>35.9</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>4.0</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J99" t="n">
         <v>1</v>
       </c>
       <c r="K99" t="n">
         <v>774</v>
       </c>
       <c r="L99" t="n">
-        <v>4.692679446457246</v>
+        <v>4.692679432521708</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B100" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>45.88</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -6496,51 +6264,51 @@
           <t>31.0</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J100" t="n">
         <v>1</v>
       </c>
       <c r="K100" t="n">
         <v>847</v>
       </c>
       <c r="L100" t="n">
-        <v>1.746772728466387</v>
+        <v>1.746772738526539</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B101" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>768.42</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>20.4</t>
         </is>
@@ -6550,51 +6318,51 @@
           <t>32.9</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J101" t="n">
         <v>1</v>
       </c>
       <c r="K101" t="n">
         <v>2075</v>
       </c>
       <c r="L101" t="n">
-        <v>0.6475146495447037</v>
+        <v>0.6475146568036136</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B102" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>87.17</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -6604,51 +6372,51 @@
           <t>54.5</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J102" t="n">
         <v>1</v>
       </c>
       <c r="K102" t="n">
         <v>795</v>
       </c>
       <c r="L102" t="n">
-        <v>0.6267083029482612</v>
+        <v>0.6267083040167569</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B103" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>1674.15</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>44.5</t>
         </is>
@@ -6658,51 +6426,51 @@
           <t>31.5</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I103" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J103" t="n">
         <v>1</v>
       </c>
       <c r="K103" t="n">
         <v>4933</v>
       </c>
       <c r="L103" t="n">
-        <v>0.4488295195550587</v>
+        <v>0.4488295199963236</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B104" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>19.56</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -6712,51 +6480,51 @@
           <t>53.0</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I104" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J104" t="n">
         <v>0</v>
       </c>
       <c r="K104" t="n">
         <v>320</v>
       </c>
       <c r="L104" t="n">
-        <v>2.756493948399946</v>
+        <v>2.756493943204982</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B105" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>12.95</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -6766,51 +6534,51 @@
           <t>58.0</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I105" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J105" t="n">
         <v>0</v>
       </c>
       <c r="K105" t="n">
         <v>346</v>
       </c>
       <c r="L105" t="n">
-        <v>5.543731916035922</v>
+        <v>5.543731903806669</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B106" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>15.58</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -6820,51 +6588,51 @@
           <t>50.7</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I106" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J106" t="n">
         <v>0</v>
       </c>
       <c r="K106" t="n">
         <v>266</v>
       </c>
       <c r="L106" t="n">
-        <v>3.40492764339221</v>
+        <v>3.404927622200758</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B107" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>19.06</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -6874,51 +6642,51 @@
           <t>66.1</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I107" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J107" t="n">
         <v>0</v>
       </c>
       <c r="K107" t="n">
         <v>487</v>
       </c>
       <c r="L107" t="n">
-        <v>4.593062995178151</v>
+        <v>4.593062979701082</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B108" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>128.48</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>3.4</t>
         </is>
@@ -6928,51 +6696,51 @@
           <t>38.6</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J108" t="n">
         <v>0</v>
       </c>
       <c r="K108" t="n">
         <v>1118</v>
       </c>
       <c r="L108" t="n">
-        <v>1.796524799170781</v>
+        <v>1.79652478971595</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B109" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>53.50</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -6982,51 +6750,51 @@
           <t>54.8</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I109" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J109" t="n">
         <v>0</v>
       </c>
       <c r="K109" t="n">
         <v>737</v>
       </c>
       <c r="L109" t="n">
-        <v>3.419696803840166</v>
+        <v>3.419696753121162</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B110" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>195.40</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>5.2</t>
         </is>
@@ -7036,51 +6804,51 @@
           <t>46.1</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J110" t="n">
         <v>0</v>
       </c>
       <c r="K110" t="n">
         <v>1366</v>
       </c>
       <c r="L110" t="n">
-        <v>2.920314751636446</v>
+        <v>2.920314754431748</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B111" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>1.37</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -7090,51 +6858,51 @@
           <t>93.6</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I111" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J111" t="n">
         <v>0</v>
       </c>
       <c r="K111" t="n">
         <v>57</v>
       </c>
       <c r="L111" t="n">
-        <v>1.244924260287412</v>
+        <v>1.244924255735077</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B112" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>15.40</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -7144,51 +6912,51 @@
           <t>52.6</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I112" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J112" t="n">
         <v>0</v>
       </c>
       <c r="K112" t="n">
         <v>200</v>
       </c>
       <c r="L112" t="n">
-        <v>1.133075265695519</v>
+        <v>1.133075250847096</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B113" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>17.04</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -7198,263 +6966,205 @@
           <t>40.6</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
           <t>5.7</t>
         </is>
       </c>
       <c r="I113" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J113" t="n">
         <v>0</v>
       </c>
       <c r="K113" t="n">
         <v>205</v>
       </c>
       <c r="L113" t="n">
-        <v>2.089969533731158</v>
+        <v>2.08996953673859</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B114" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>4.86</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J114" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B115" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>3281.01</t>
+          <t>2672.64</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>87.2</t>
+          <t>71.0</t>
         </is>
       </c>
       <c r="J115" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B116" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>483.20</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>12.8</t>
         </is>
       </c>
       <c r="J116" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B117" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>3764.21</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B118" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>440.24</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>11.7</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2810977174669451</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B119" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>168.13</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>4.5</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B120" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>15406.00</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
@@ -7504,51 +7214,51 @@
           <t>35.4</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I122" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J122" t="n">
         <v>1</v>
       </c>
       <c r="K122" t="n">
         <v>848</v>
       </c>
       <c r="L122" t="n">
-        <v>4.454442337318292</v>
+        <v>4.454442348512266</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B123" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>43.94</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>1.1</t>
         </is>
@@ -7558,51 +7268,51 @@
           <t>27.3</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I123" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J123" t="n">
         <v>1</v>
       </c>
       <c r="K123" t="n">
         <v>874</v>
       </c>
       <c r="L123" t="n">
-        <v>1.706226613690785</v>
+        <v>1.706226616842613</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B124" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>812.28</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>21.0</t>
         </is>
@@ -7612,51 +7322,51 @@
           <t>30.0</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I124" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J124" t="n">
         <v>1</v>
       </c>
       <c r="K124" t="n">
         <v>2241</v>
       </c>
       <c r="L124" t="n">
-        <v>0.6768621338592953</v>
+        <v>0.6768621403553704</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B125" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>90.91</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -7666,51 +7376,51 @@
           <t>54.6</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I125" t="inlineStr">
         <is>
           <t>2.1</t>
         </is>
       </c>
       <c r="J125" t="n">
         <v>1</v>
       </c>
       <c r="K125" t="n">
         <v>950</v>
       </c>
       <c r="L125" t="n">
-        <v>0.8991487751388426</v>
+        <v>0.899148751753695</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B126" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>1746.44</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>45.1</t>
         </is>
@@ -7720,51 +7430,51 @@
           <t>29.9</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I126" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J126" t="n">
         <v>1</v>
       </c>
       <c r="K126" t="n">
         <v>4788</v>
       </c>
       <c r="L126" t="n">
-        <v>0.4402701318664464</v>
+        <v>0.4402701320833093</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B127" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>20.22</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -7774,51 +7484,51 @@
           <t>50.8</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>4.4</t>
         </is>
       </c>
       <c r="H127" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I127" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J127" t="n">
         <v>0</v>
       </c>
       <c r="K127" t="n">
         <v>352</v>
       </c>
       <c r="L127" t="n">
-        <v>2.703626884074383</v>
+        <v>2.703626880980949</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B128" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>14.70</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -7828,51 +7538,51 @@
           <t>56.9</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I128" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J128" t="n">
         <v>0</v>
       </c>
       <c r="K128" t="n">
         <v>411</v>
       </c>
       <c r="L128" t="n">
-        <v>5.56413801002337</v>
+        <v>5.564137961612125</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B129" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>16.24</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -7882,51 +7592,51 @@
           <t>51.9</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I129" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J129" t="n">
         <v>0</v>
       </c>
       <c r="K129" t="n">
         <v>281</v>
       </c>
       <c r="L129" t="n">
-        <v>3.170859480861731</v>
+        <v>3.170859512660233</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B130" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>18.62</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -7936,51 +7646,51 @@
           <t>67.7</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I130" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J130" t="n">
         <v>0</v>
       </c>
       <c r="K130" t="n">
         <v>505</v>
       </c>
       <c r="L130" t="n">
-        <v>4.449614945426651</v>
+        <v>4.449614911027478</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B131" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>127.78</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -7990,51 +7700,51 @@
           <t>40.9</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I131" t="inlineStr">
         <is>
           <t>7.4</t>
         </is>
       </c>
       <c r="J131" t="n">
         <v>0</v>
       </c>
       <c r="K131" t="n">
         <v>1091</v>
       </c>
       <c r="L131" t="n">
-        <v>1.729045042287147</v>
+        <v>1.729045046061367</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B132" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>49.70</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -8044,51 +7754,51 @@
           <t>56.3</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>6.0</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I132" t="inlineStr">
         <is>
           <t>14.9</t>
         </is>
       </c>
       <c r="J132" t="n">
         <v>0</v>
       </c>
       <c r="K132" t="n">
         <v>761</v>
       </c>
       <c r="L132" t="n">
-        <v>3.07613246403717</v>
+        <v>3.076132432756619</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B133" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>188.99</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>4.9</t>
         </is>
@@ -8098,51 +7808,51 @@
           <t>44.3</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I133" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J133" t="n">
         <v>0</v>
       </c>
       <c r="K133" t="n">
         <v>1441</v>
       </c>
       <c r="L133" t="n">
-        <v>3.155459689106192</v>
+        <v>3.155459669530959</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B134" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>1.46</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
@@ -8152,51 +7862,51 @@
           <t>95.8</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I134" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J134" t="n">
         <v>0</v>
       </c>
       <c r="K134" t="n">
         <v>59</v>
       </c>
       <c r="L134" t="n">
-        <v>0.9853691278248509</v>
+        <v>0.9853691149695774</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B135" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>11.98</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -8206,51 +7916,51 @@
           <t>61.4</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I135" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J135" t="n">
         <v>0</v>
       </c>
       <c r="K135" t="n">
         <v>199</v>
       </c>
       <c r="L135" t="n">
-        <v>1.320950946549274</v>
+        <v>1.320950921034723</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B136" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>18.22</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -8260,263 +7970,205 @@
           <t>43.7</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I136" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J136" t="n">
         <v>0</v>
       </c>
       <c r="K136" t="n">
         <v>212</v>
       </c>
       <c r="L136" t="n">
-        <v>2.459005506715619</v>
+        <v>2.459005498549771</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B137" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>5.68</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J137" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B138" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>3400.55</t>
+          <t>2793.07</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>87.8</t>
+          <t>72.1</t>
         </is>
       </c>
       <c r="J138" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B139" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>473.60</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>12.2</t>
         </is>
       </c>
       <c r="J139" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B140" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>3874.15</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B141" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>465.16</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2435000706973792</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B142" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>142.32</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>3.7</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B143" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>15951.00</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
@@ -8566,267 +8218,267 @@
           <t>35.6</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I145" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J145" t="n">
         <v>1</v>
       </c>
       <c r="K145" t="n">
         <v>887</v>
       </c>
       <c r="L145" t="n">
-        <v>4.186549454648497</v>
+        <v>4.186549461274338</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B146" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>47.33</t>
+          <t>47.32</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>28.6</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I146" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J146" t="n">
         <v>1</v>
       </c>
       <c r="K146" t="n">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="L146" t="n">
-        <v>1.780504210339301</v>
+        <v>1.78146249147383</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B147" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>822.70</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>20.5</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>30.1</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I147" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J147" t="n">
         <v>1</v>
       </c>
       <c r="K147" t="n">
-        <v>2096</v>
+        <v>2094</v>
       </c>
       <c r="L147" t="n">
-        <v>0.6501038460211097</v>
+        <v>0.6499927598081843</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B148" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>91.38</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>53.6</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I148" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J148" t="n">
         <v>1</v>
       </c>
       <c r="K148" t="n">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="L148" t="n">
-        <v>0.693337176033701</v>
+        <v>0.6899590896608113</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B149" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>1775.52</t>
+          <t>1775.42</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>44.2</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>31.0</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I149" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J149" t="n">
         <v>1</v>
       </c>
       <c r="K149" t="n">
-        <v>4637</v>
+        <v>4633</v>
       </c>
       <c r="L149" t="n">
-        <v>0.4351659361251177</v>
+        <v>0.4350724421547176</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B150" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>21.93</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -8836,51 +8488,51 @@
           <t>51.7</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I150" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J150" t="n">
         <v>0</v>
       </c>
       <c r="K150" t="n">
         <v>353</v>
       </c>
       <c r="L150" t="n">
-        <v>2.806728093313215</v>
+        <v>2.806728080278741</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B151" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>15.02</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -8890,51 +8542,51 @@
           <t>55.9</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I151" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J151" t="n">
         <v>0</v>
       </c>
       <c r="K151" t="n">
         <v>429</v>
       </c>
       <c r="L151" t="n">
-        <v>5.367156161876222</v>
+        <v>5.367156146495759</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B152" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>17.07</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -8944,51 +8596,51 @@
           <t>51.0</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I152" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J152" t="n">
         <v>0</v>
       </c>
       <c r="K152" t="n">
         <v>317</v>
       </c>
       <c r="L152" t="n">
-        <v>3.163963647035715</v>
+        <v>3.163963619290623</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B153" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>19.00</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -8998,51 +8650,51 @@
           <t>67.8</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I153" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J153" t="n">
         <v>0</v>
       </c>
       <c r="K153" t="n">
         <v>480</v>
       </c>
       <c r="L153" t="n">
-        <v>4.616011542481615</v>
+        <v>4.616011518686971</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B154" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>128.53</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>3.2</t>
         </is>
@@ -9052,51 +8704,51 @@
           <t>40.9</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H154" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I154" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="J154" t="n">
         <v>0</v>
       </c>
       <c r="K154" t="n">
         <v>1116</v>
       </c>
       <c r="L154" t="n">
-        <v>1.777358755265014</v>
+        <v>1.777358753192148</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B155" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>50.71</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -9106,51 +8758,51 @@
           <t>54.3</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I155" t="inlineStr">
         <is>
           <t>14.9</t>
         </is>
       </c>
       <c r="J155" t="n">
         <v>0</v>
       </c>
       <c r="K155" t="n">
         <v>727</v>
       </c>
       <c r="L155" t="n">
-        <v>3.261279674918772</v>
+        <v>3.261279666815227</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B156" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>219.22</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
@@ -9160,51 +8812,51 @@
           <t>41.1</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I156" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J156" t="n">
         <v>0</v>
       </c>
       <c r="K156" t="n">
         <v>1528</v>
       </c>
       <c r="L156" t="n">
-        <v>3.02318551318281</v>
+        <v>3.023185508043682</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B157" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>2.42</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -9214,51 +8866,51 @@
           <t>96.0</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I157" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J157" t="n">
         <v>0</v>
       </c>
       <c r="K157" t="n">
         <v>65</v>
       </c>
       <c r="L157" t="n">
-        <v>1.259716312406853</v>
+        <v>1.259716312543774</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B158" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>12.20</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -9268,51 +8920,51 @@
           <t>57.0</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I158" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J158" t="n">
         <v>0</v>
       </c>
       <c r="K158" t="n">
         <v>190</v>
       </c>
       <c r="L158" t="n">
-        <v>1.240418777007692</v>
+        <v>1.240418753825232</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B159" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>18.47</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -9322,263 +8974,205 @@
           <t>41.8</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
           <t>5.1</t>
         </is>
       </c>
       <c r="I159" t="inlineStr">
         <is>
           <t>9.8</t>
         </is>
       </c>
       <c r="J159" t="n">
         <v>0</v>
       </c>
       <c r="K159" t="n">
         <v>200</v>
       </c>
       <c r="L159" t="n">
-        <v>2.383032455164721</v>
+        <v>2.38303249443406</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B160" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>5.32</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J160" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B161" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>3509.63</t>
+          <t>2836.26</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>87.3</t>
+          <t>70.6</t>
         </is>
       </c>
       <c r="J161" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B162" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>509.87</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>12.7</t>
         </is>
       </c>
       <c r="J162" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B163" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>4019.50</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B164" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>490.52</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>12.2</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2641658036697582</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B165" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>182.75</t>
+          <t>182.85</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>4.5</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B166" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>15695.00</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
@@ -9628,51 +9222,51 @@
           <t>35.9</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I168" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J168" t="n">
         <v>1</v>
       </c>
       <c r="K168" t="n">
         <v>781</v>
       </c>
       <c r="L168" t="n">
-        <v>4.094077834016371</v>
+        <v>4.094077839017839</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B169" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>47.97</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -9682,51 +9276,51 @@
           <t>29.6</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I169" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J169" t="n">
         <v>1</v>
       </c>
       <c r="K169" t="n">
         <v>910</v>
       </c>
       <c r="L169" t="n">
-        <v>1.59454866298165</v>
+        <v>1.594548668598156</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B170" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>820.03</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>20.0</t>
         </is>
@@ -9736,51 +9330,51 @@
           <t>32.2</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I170" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J170" t="n">
         <v>1</v>
       </c>
       <c r="K170" t="n">
         <v>2140</v>
       </c>
       <c r="L170" t="n">
-        <v>0.6140949374304482</v>
+        <v>0.6140949417483301</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B171" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>93.45</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -9790,51 +9384,51 @@
           <t>52.2</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I171" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J171" t="n">
         <v>1</v>
       </c>
       <c r="K171" t="n">
         <v>838</v>
       </c>
       <c r="L171" t="n">
-        <v>0.6602377169783993</v>
+        <v>0.6602377159051745</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B172" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>1797.50</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>43.9</t>
         </is>
@@ -9844,51 +9438,51 @@
           <t>32.0</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I172" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J172" t="n">
         <v>1</v>
       </c>
       <c r="K172" t="n">
         <v>4820</v>
       </c>
       <c r="L172" t="n">
-        <v>0.4228475563533338</v>
+        <v>0.4228475570050317</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B173" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>23.51</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -9898,51 +9492,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I173" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J173" t="n">
         <v>0</v>
       </c>
       <c r="K173" t="n">
         <v>382</v>
       </c>
       <c r="L173" t="n">
-        <v>2.681803303838964</v>
+        <v>2.681803253102824</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B174" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>14.12</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -9952,51 +9546,51 @@
           <t>55.7</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I174" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J174" t="n">
         <v>0</v>
       </c>
       <c r="K174" t="n">
         <v>473</v>
       </c>
       <c r="L174" t="n">
-        <v>5.160934409932854</v>
+        <v>5.160934402458187</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B175" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>17.95</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -10006,51 +9600,51 @@
           <t>51.3</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I175" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J175" t="n">
         <v>0</v>
       </c>
       <c r="K175" t="n">
         <v>306</v>
       </c>
       <c r="L175" t="n">
-        <v>3.064276496208004</v>
+        <v>3.064276456836187</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B176" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>19.69</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10060,51 +9654,51 @@
           <t>65.1</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I176" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J176" t="n">
         <v>0</v>
       </c>
       <c r="K176" t="n">
         <v>479</v>
       </c>
       <c r="L176" t="n">
-        <v>4.573438778903633</v>
+        <v>4.573438749259067</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B177" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>129.60</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>3.2</t>
         </is>
@@ -10114,51 +9708,51 @@
           <t>40.8</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I177" t="inlineStr">
         <is>
           <t>7.5</t>
         </is>
       </c>
       <c r="J177" t="n">
         <v>0</v>
       </c>
       <c r="K177" t="n">
         <v>1067</v>
       </c>
       <c r="L177" t="n">
-        <v>1.729860744301223</v>
+        <v>1.729860744364179</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B178" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>54.10</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -10168,51 +9762,51 @@
           <t>53.2</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>5.5</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I178" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J178" t="n">
         <v>0</v>
       </c>
       <c r="K178" t="n">
         <v>662</v>
       </c>
       <c r="L178" t="n">
-        <v>3.690212299669056</v>
+        <v>3.690212294614579</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B179" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>227.97</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>5.6</t>
         </is>
@@ -10222,51 +9816,51 @@
           <t>40.2</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I179" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J179" t="n">
         <v>0</v>
       </c>
       <c r="K179" t="n">
         <v>1511</v>
       </c>
       <c r="L179" t="n">
-        <v>3.115445594349299</v>
+        <v>3.115445590010804</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B180" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>2.33</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -10276,51 +9870,51 @@
           <t>98.0</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I180" t="inlineStr">
         <is>
           <t>4.6</t>
         </is>
       </c>
       <c r="J180" t="n">
         <v>0</v>
       </c>
       <c r="K180" t="n">
         <v>51</v>
       </c>
       <c r="L180" t="n">
-        <v>1.108293690668746</v>
+        <v>1.108293689953608</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B181" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>10.37</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -10330,51 +9924,51 @@
           <t>62.7</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I181" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J181" t="n">
         <v>0</v>
       </c>
       <c r="K181" t="n">
         <v>173</v>
       </c>
       <c r="L181" t="n">
-        <v>1.135628467003006</v>
+        <v>1.135628457951032</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B182" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>18.47</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10384,263 +9978,205 @@
           <t>40.8</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="I182" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J182" t="n">
         <v>0</v>
       </c>
       <c r="K182" t="n">
         <v>185</v>
       </c>
       <c r="L182" t="n">
-        <v>2.074575141552348</v>
+        <v>2.074575162480849</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B183" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>5.75</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J183" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B184" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>3568.40</t>
+          <t>2857.19</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
-          <t>87.2</t>
+          <t>69.8</t>
         </is>
       </c>
       <c r="J184" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B185" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>523.84</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>12.8</t>
         </is>
       </c>
       <c r="J185" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B186" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>4092.24</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B187" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>527.85</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>12.9</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2650273828562662</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B188" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>183.36</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
           <t>4.5</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B189" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>15616.00</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
@@ -10690,51 +10226,51 @@
           <t>33.1</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I191" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J191" t="n">
         <v>1</v>
       </c>
       <c r="K191" t="n">
         <v>746</v>
       </c>
       <c r="L191" t="n">
-        <v>4.338196521592554</v>
+        <v>4.338196537986586</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B192" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>48.62</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -10744,105 +10280,105 @@
           <t>29.8</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I192" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J192" t="n">
         <v>1</v>
       </c>
       <c r="K192" t="n">
         <v>910</v>
       </c>
       <c r="L192" t="n">
-        <v>1.674945988463206</v>
+        <v>1.674945981595057</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B193" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>814.43</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>20.3</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>32.2</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I193" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J193" t="n">
         <v>1</v>
       </c>
       <c r="K193" t="n">
-        <v>2281</v>
+        <v>2280</v>
       </c>
       <c r="L193" t="n">
-        <v>0.6560357420193458</v>
+        <v>0.6559873792474263</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B194" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>100.47</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
@@ -10852,51 +10388,51 @@
           <t>52.6</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I194" t="inlineStr">
         <is>
           <t>2.1</t>
         </is>
       </c>
       <c r="J194" t="n">
         <v>1</v>
       </c>
       <c r="K194" t="n">
         <v>906</v>
       </c>
       <c r="L194" t="n">
-        <v>1.739845854668397</v>
+        <v>1.739845854791859</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B195" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>1766.68</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>44.0</t>
         </is>
@@ -10906,51 +10442,51 @@
           <t>31.2</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I195" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J195" t="n">
         <v>1</v>
       </c>
       <c r="K195" t="n">
         <v>4836</v>
       </c>
       <c r="L195" t="n">
-        <v>0.4141725420022957</v>
+        <v>0.4141725411207579</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B196" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>21.91</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -10960,51 +10496,51 @@
           <t>52.3</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>3.7</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I196" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J196" t="n">
         <v>0</v>
       </c>
       <c r="K196" t="n">
         <v>368</v>
       </c>
       <c r="L196" t="n">
-        <v>2.725813611901178</v>
+        <v>2.725813578931145</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B197" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>17.16</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -11014,51 +10550,51 @@
           <t>49.8</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I197" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J197" t="n">
         <v>0</v>
       </c>
       <c r="K197" t="n">
         <v>472</v>
       </c>
       <c r="L197" t="n">
-        <v>5.435566444951189</v>
+        <v>5.435566452314042</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B198" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>17.02</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -11068,51 +10604,51 @@
           <t>43.8</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I198" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J198" t="n">
         <v>0</v>
       </c>
       <c r="K198" t="n">
         <v>297</v>
       </c>
       <c r="L198" t="n">
-        <v>3.24204311633721</v>
+        <v>3.242043113687186</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B199" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>20.16</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -11122,51 +10658,51 @@
           <t>64.9</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>2.6</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I199" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J199" t="n">
         <v>0</v>
       </c>
       <c r="K199" t="n">
         <v>346</v>
       </c>
       <c r="L199" t="n">
-        <v>5.405161496354223</v>
+        <v>5.405161466463904</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B200" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>122.38</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
@@ -11176,51 +10712,51 @@
           <t>39.3</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I200" t="inlineStr">
         <is>
           <t>7.2</t>
         </is>
       </c>
       <c r="J200" t="n">
         <v>0</v>
       </c>
       <c r="K200" t="n">
         <v>1021</v>
       </c>
       <c r="L200" t="n">
-        <v>1.603854903365044</v>
+        <v>1.603854904630756</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B201" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>52.60</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -11230,51 +10766,51 @@
           <t>54.3</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I201" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J201" t="n">
         <v>0</v>
       </c>
       <c r="K201" t="n">
         <v>540</v>
       </c>
       <c r="L201" t="n">
-        <v>3.676417524792724</v>
+        <v>3.67641749651366</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B202" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>231.97</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>5.8</t>
         </is>
@@ -11284,51 +10820,51 @@
           <t>41.4</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I202" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J202" t="n">
         <v>0</v>
       </c>
       <c r="K202" t="n">
         <v>1505</v>
       </c>
       <c r="L202" t="n">
-        <v>3.192383290200513</v>
+        <v>3.192383283099754</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B203" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>2.23</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -11338,51 +10874,51 @@
           <t>96.3</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I203" t="inlineStr">
         <is>
           <t>4.2</t>
         </is>
       </c>
       <c r="J203" t="n">
         <v>0</v>
       </c>
       <c r="K203" t="n">
         <v>73</v>
       </c>
       <c r="L203" t="n">
-        <v>1.18231807870533</v>
+        <v>1.182318060709193</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B204" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>13.52</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -11392,51 +10928,51 @@
           <t>63.2</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J204" t="n">
         <v>0</v>
       </c>
       <c r="K204" t="n">
         <v>195</v>
       </c>
       <c r="L204" t="n">
-        <v>1.160384373364421</v>
+        <v>1.160384356339787</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B205" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>19.03</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -11446,263 +10982,205 @@
           <t>40.3</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I205" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="J205" t="n">
         <v>0</v>
       </c>
       <c r="K205" t="n">
         <v>189</v>
       </c>
       <c r="L205" t="n">
-        <v>2.320798104237608</v>
+        <v>2.320798126470673</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B206" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>5.67</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
       <c r="J206" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B207" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>3492.13</t>
+          <t>2833.31</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>87.0</t>
+          <t>70.6</t>
         </is>
       </c>
       <c r="J207" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B208" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>523.64</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>13.0</t>
         </is>
       </c>
       <c r="J208" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B209" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>4015.78</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B210" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>576.60</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>14.4</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2739941229404481</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B211" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>82.22</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B212" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>15526.00</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
@@ -11752,51 +11230,51 @@
           <t>32.3</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I214" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J214" t="n">
         <v>1</v>
       </c>
       <c r="K214" t="n">
         <v>938</v>
       </c>
       <c r="L214" t="n">
-        <v>4.159004707409303</v>
+        <v>4.159004713200966</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B215" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>51.42</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -11806,213 +11284,213 @@
           <t>29.9</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I215" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J215" t="n">
         <v>1</v>
       </c>
       <c r="K215" t="n">
         <v>970</v>
       </c>
       <c r="L215" t="n">
-        <v>1.624696717201223</v>
+        <v>1.624696727074636</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B216" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>813.22</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>20.9</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>33.3</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I216" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J216" t="n">
         <v>1</v>
       </c>
       <c r="K216" t="n">
-        <v>2257</v>
+        <v>2254</v>
       </c>
       <c r="L216" t="n">
-        <v>0.6298919907532071</v>
+        <v>0.6296858954706783</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B217" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>95.91</t>
+          <t>95.90</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>2.5</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>49.9</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J217" t="n">
         <v>1</v>
       </c>
       <c r="K217" t="n">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="L217" t="n">
-        <v>1.816614346764617</v>
+        <v>1.816352345348094</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B218" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>1672.89</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>43.0</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>28.3</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I218" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J218" t="n">
         <v>1</v>
       </c>
       <c r="K218" t="n">
-        <v>4938</v>
+        <v>4931</v>
       </c>
       <c r="L218" t="n">
-        <v>0.4214609167535991</v>
+        <v>0.4206221525006151</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B219" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>24.35</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -12022,51 +11500,51 @@
           <t>50.0</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I219" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J219" t="n">
         <v>0</v>
       </c>
       <c r="K219" t="n">
         <v>450</v>
       </c>
       <c r="L219" t="n">
-        <v>2.718028883707186</v>
+        <v>2.718028858725394</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B220" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>14.68</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -12076,51 +11554,51 @@
           <t>51.8</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I220" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J220" t="n">
         <v>0</v>
       </c>
       <c r="K220" t="n">
         <v>589</v>
       </c>
       <c r="L220" t="n">
-        <v>4.722015968231355</v>
+        <v>4.722015949889114</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B221" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>19.81</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -12130,51 +11608,51 @@
           <t>49.1</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I221" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J221" t="n">
         <v>0</v>
       </c>
       <c r="K221" t="n">
         <v>380</v>
       </c>
       <c r="L221" t="n">
-        <v>2.922892871437397</v>
+        <v>2.922892848999266</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B222" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>19.66</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -12184,51 +11662,51 @@
           <t>65.8</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J222" t="n">
         <v>0</v>
       </c>
       <c r="K222" t="n">
         <v>577</v>
       </c>
       <c r="L222" t="n">
-        <v>5.745700942882215</v>
+        <v>5.745700926610332</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B223" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>134.33</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>3.5</t>
         </is>
@@ -12238,51 +11716,51 @@
           <t>39.6</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I223" t="inlineStr">
         <is>
           <t>7.6</t>
         </is>
       </c>
       <c r="J223" t="n">
         <v>0</v>
       </c>
       <c r="K223" t="n">
         <v>1068</v>
       </c>
       <c r="L223" t="n">
-        <v>1.691900807189021</v>
+        <v>1.691900797762903</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B224" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>53.72</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -12292,51 +11770,51 @@
           <t>51.1</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I224" t="inlineStr">
         <is>
           <t>14.9</t>
         </is>
       </c>
       <c r="J224" t="n">
         <v>0</v>
       </c>
       <c r="K224" t="n">
         <v>741</v>
       </c>
       <c r="L224" t="n">
-        <v>3.212435105800024</v>
+        <v>3.212435097498484</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B225" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>230.65</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>5.9</t>
         </is>
@@ -12346,51 +11824,51 @@
           <t>40.7</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I225" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J225" t="n">
         <v>0</v>
       </c>
       <c r="K225" t="n">
         <v>1499</v>
       </c>
       <c r="L225" t="n">
-        <v>3.199524221628276</v>
+        <v>3.199524225685237</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B226" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>2.43</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -12400,51 +11878,51 @@
           <t>96.4</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I226" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J226" t="n">
         <v>0</v>
       </c>
       <c r="K226" t="n">
         <v>65</v>
       </c>
       <c r="L226" t="n">
-        <v>1.386857411976751</v>
+        <v>1.38685741998379</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B227" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>13.92</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -12454,51 +11932,51 @@
           <t>55.3</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I227" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J227" t="n">
         <v>0</v>
       </c>
       <c r="K227" t="n">
         <v>216</v>
       </c>
       <c r="L227" t="n">
-        <v>1.141947284830868</v>
+        <v>1.141947273505755</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B228" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>18.33</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -12508,263 +11986,205 @@
           <t>41.0</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I228" t="inlineStr">
         <is>
           <t>8.4</t>
         </is>
       </c>
       <c r="J228" t="n">
         <v>0</v>
       </c>
       <c r="K228" t="n">
         <v>207</v>
       </c>
       <c r="L228" t="n">
-        <v>2.412384869129685</v>
+        <v>2.412384914132497</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B229" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>6.95</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
       <c r="J229" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B230" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>3351.19</t>
+          <t>2736.75</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>86.1</t>
+          <t>70.4</t>
         </is>
       </c>
       <c r="J230" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B231" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>538.85</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>13.9</t>
         </is>
       </c>
       <c r="J231" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B232" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>3890.04</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B233" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>585.02</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2618673757198822</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B234" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>29.40</t>
+          <t>29.42</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <t>0.8</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B235" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>16768.00</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
@@ -12814,51 +12234,51 @@
           <t>33.0</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I237" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J237" t="n">
         <v>1</v>
       </c>
       <c r="K237" t="n">
         <v>806</v>
       </c>
       <c r="L237" t="n">
-        <v>4.227866464753609</v>
+        <v>4.227866467349342</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B238" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>48.65</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
@@ -12868,105 +12288,105 @@
           <t>27.6</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I238" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J238" t="n">
         <v>1</v>
       </c>
       <c r="K238" t="n">
         <v>935</v>
       </c>
       <c r="L238" t="n">
-        <v>1.765800564987936</v>
+        <v>1.765800574559903</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B239" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>823.71</t>
+          <t>823.70</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <t>20.7</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>32.8</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I239" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J239" t="n">
         <v>1</v>
       </c>
       <c r="K239" t="n">
-        <v>2219</v>
+        <v>2218</v>
       </c>
       <c r="L239" t="n">
-        <v>0.6340865767175243</v>
+        <v>0.6340235008695082</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B240" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>92.09</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -12976,105 +12396,105 @@
           <t>47.7</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I240" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J240" t="n">
         <v>1</v>
       </c>
       <c r="K240" t="n">
         <v>813</v>
       </c>
       <c r="L240" t="n">
-        <v>0.67492076646178</v>
+        <v>0.6749207619281146</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B241" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>1686.42</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>42.5</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>29.4</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I241" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J241" t="n">
         <v>1</v>
       </c>
       <c r="K241" t="n">
-        <v>5070</v>
+        <v>5069</v>
       </c>
       <c r="L241" t="n">
-        <v>0.4299794274153419</v>
+        <v>0.4300210984023738</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B242" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -13084,51 +12504,51 @@
           <t>47.1</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I242" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J242" t="n">
         <v>0</v>
       </c>
       <c r="K242" t="n">
         <v>473</v>
       </c>
       <c r="L242" t="n">
-        <v>3.173650989177356</v>
+        <v>3.173650982359538</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B243" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>14.94</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -13138,51 +12558,51 @@
           <t>53.1</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I243" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J243" t="n">
         <v>0</v>
       </c>
       <c r="K243" t="n">
         <v>540</v>
       </c>
       <c r="L243" t="n">
-        <v>4.895781377654443</v>
+        <v>4.895781369780864</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B244" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>20.53</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -13192,51 +12612,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I244" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J244" t="n">
         <v>0</v>
       </c>
       <c r="K244" t="n">
         <v>332</v>
       </c>
       <c r="L244" t="n">
-        <v>3.189987080246249</v>
+        <v>3.189987060782907</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B245" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>20.23</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -13246,51 +12666,51 @@
           <t>66.2</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H245" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I245" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J245" t="n">
         <v>0</v>
       </c>
       <c r="K245" t="n">
         <v>571</v>
       </c>
       <c r="L245" t="n">
-        <v>4.795515326035308</v>
+        <v>4.795515294373169</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B246" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>137.54</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
           <t>3.5</t>
         </is>
@@ -13300,51 +12720,51 @@
           <t>38.1</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I246" t="inlineStr">
         <is>
           <t>7.3</t>
         </is>
       </c>
       <c r="J246" t="n">
         <v>0</v>
       </c>
       <c r="K246" t="n">
         <v>1053</v>
       </c>
       <c r="L246" t="n">
-        <v>1.635877721466321</v>
+        <v>1.635877699546826</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B247" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>57.71</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
@@ -13354,51 +12774,51 @@
           <t>52.0</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I247" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J247" t="n">
         <v>0</v>
       </c>
       <c r="K247" t="n">
         <v>724</v>
       </c>
       <c r="L247" t="n">
-        <v>3.688304341487616</v>
+        <v>3.688304313611074</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B248" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>267.05</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <t>6.7</t>
         </is>
@@ -13408,51 +12828,51 @@
           <t>42.4</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I248" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J248" t="n">
         <v>0</v>
       </c>
       <c r="K248" t="n">
         <v>1614</v>
       </c>
       <c r="L248" t="n">
-        <v>3.201282995774101</v>
+        <v>3.201282972029526</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B249" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>2.12</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -13462,51 +12882,51 @@
           <t>97.7</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I249" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J249" t="n">
         <v>0</v>
       </c>
       <c r="K249" t="n">
         <v>66</v>
       </c>
       <c r="L249" t="n">
-        <v>1.561396825411404</v>
+        <v>1.561396816758069</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B250" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>14.93</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -13516,51 +12936,51 @@
           <t>55.0</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I250" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J250" t="n">
         <v>0</v>
       </c>
       <c r="K250" t="n">
         <v>214</v>
       </c>
       <c r="L250" t="n">
-        <v>1.228925674264632</v>
+        <v>1.228925655813805</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B251" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>16.63</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -13570,263 +12990,205 @@
           <t>43.0</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="I251" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J251" t="n">
         <v>0</v>
       </c>
       <c r="K251" t="n">
         <v>212</v>
       </c>
       <c r="L251" t="n">
-        <v>2.852915579372314</v>
+        <v>2.852915586904307</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B252" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>7.48</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
       <c r="J252" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B253" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>3387.09</t>
+          <t>2751.15</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
-          <t>85.3</t>
+          <t>69.3</t>
         </is>
       </c>
       <c r="J253" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B254" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>584.16</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
           <t>14.7</t>
         </is>
       </c>
       <c r="J254" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B255" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>3971.25</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B256" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>631.45</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
           <t>15.9</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2469512523643494</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B257" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>4.50</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B258" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>16621.00</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
@@ -13876,159 +13238,159 @@
           <t>31.6</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="I260" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J260" t="n">
         <v>1</v>
       </c>
       <c r="K260" t="n">
         <v>818</v>
       </c>
       <c r="L260" t="n">
-        <v>4.716051967952382</v>
+        <v>4.716051962039043</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B261" s="34" t="n">
         <v>2</v>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>Agency Debentures &amp; Strips</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>51.40</t>
+          <t>51.37</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
           <t>31.8</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I261" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J261" t="n">
         <v>1</v>
       </c>
       <c r="K261" t="n">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="L261" t="n">
-        <v>1.730357959545108</v>
+        <v>1.731293952545149</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B262" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>817.25</t>
+          <t>815.97</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>20.0</t>
+          <t>19.9</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>32.6</t>
+          <t>32.7</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I262" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J262" t="n">
         <v>1</v>
       </c>
       <c r="K262" t="n">
-        <v>2125</v>
+        <v>2123</v>
       </c>
       <c r="L262" t="n">
-        <v>0.6446123091326229</v>
+        <v>0.6444964640674496</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B263" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>94.74</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -14038,105 +13400,105 @@
           <t>47.8</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I263" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J263" t="n">
         <v>1</v>
       </c>
       <c r="K263" t="n">
         <v>828</v>
       </c>
       <c r="L263" t="n">
-        <v>0.7098178405161328</v>
+        <v>0.7098178364459182</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B264" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>1715.36</t>
+          <t>1710.51</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>41.9</t>
+          <t>41.8</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
           <t>29.5</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I264" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J264" t="n">
         <v>1</v>
       </c>
       <c r="K264" t="n">
-        <v>4790</v>
+        <v>4782</v>
       </c>
       <c r="L264" t="n">
-        <v>0.4327260892214463</v>
+        <v>0.4321891100064359</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B265" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>23.97</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -14146,51 +13508,51 @@
           <t>48.8</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <t>4.0</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I265" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J265" t="n">
         <v>0</v>
       </c>
       <c r="K265" t="n">
         <v>384</v>
       </c>
       <c r="L265" t="n">
-        <v>2.807512549465341</v>
+        <v>2.807512545025222</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B266" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>15.76</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -14200,51 +13562,51 @@
           <t>49.9</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I266" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J266" t="n">
         <v>0</v>
       </c>
       <c r="K266" t="n">
         <v>512</v>
       </c>
       <c r="L266" t="n">
-        <v>5.001640876183654</v>
+        <v>5.001640882230225</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B267" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>19.22</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -14254,51 +13616,51 @@
           <t>45.0</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I267" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J267" t="n">
         <v>0</v>
       </c>
       <c r="K267" t="n">
         <v>325</v>
       </c>
       <c r="L267" t="n">
-        <v>3.090592870725535</v>
+        <v>3.090592828460304</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B268" s="34" t="n">
         <v>10</v>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>CMO Private Label Non Investment Grade</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>20.50</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -14308,51 +13670,51 @@
           <t>66.7</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I268" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J268" t="n">
         <v>0</v>
       </c>
       <c r="K268" t="n">
         <v>568</v>
       </c>
       <c r="L268" t="n">
-        <v>4.552958305790673</v>
+        <v>4.552958269695513</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B269" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>148.36</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
           <t>3.6</t>
         </is>
@@ -14362,51 +13724,51 @@
           <t>40.2</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I269" t="inlineStr">
         <is>
           <t>7.9</t>
         </is>
       </c>
       <c r="J269" t="n">
         <v>0</v>
       </c>
       <c r="K269" t="n">
         <v>1083</v>
       </c>
       <c r="L269" t="n">
-        <v>1.776387178481944</v>
+        <v>1.776387185800586</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B270" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>57.94</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
@@ -14416,51 +13778,51 @@
           <t>54.5</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I270" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J270" t="n">
         <v>0</v>
       </c>
       <c r="K270" t="n">
         <v>700</v>
       </c>
       <c r="L270" t="n">
-        <v>3.314168395913136</v>
+        <v>3.314168385563623</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B271" s="34" t="n">
         <v>13</v>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>Equities</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>270.27</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
           <t>6.6</t>
         </is>
@@ -14470,51 +13832,51 @@
           <t>41.6</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
           <t>8.0</t>
         </is>
       </c>
       <c r="I271" t="inlineStr">
         <is>
           <t>12.0</t>
         </is>
       </c>
       <c r="J271" t="n">
         <v>0</v>
       </c>
       <c r="K271" t="n">
         <v>1661</v>
       </c>
       <c r="L271" t="n">
-        <v>3.258859658770701</v>
+        <v>3.258859635931454</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B272" s="34" t="n">
         <v>14</v>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>International Securities</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>2.66</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
@@ -14524,51 +13886,51 @@
           <t>96.6</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
       </c>
       <c r="H272" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I272" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J272" t="n">
         <v>0</v>
       </c>
       <c r="K272" t="n">
         <v>46</v>
       </c>
       <c r="L272" t="n">
-        <v>1.500401039100859</v>
+        <v>1.500401028527639</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B273" s="34" t="n">
         <v>15</v>
       </c>
       <c r="C273" t="inlineStr">
         <is>
           <t>Money Market</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>13.90</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
@@ -14578,51 +13940,51 @@
           <t>66.5</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H273" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I273" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="J273" t="n">
         <v>0</v>
       </c>
       <c r="K273" t="n">
         <v>165</v>
       </c>
       <c r="L273" t="n">
-        <v>1.16228076094331</v>
+        <v>1.16228075326988</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B274" s="34" t="n">
         <v>16</v>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>Municipality Debt</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>17.70</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -14632,263 +13994,205 @@
           <t>45.7</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
           <t>6.4</t>
         </is>
       </c>
       <c r="I274" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J274" t="n">
         <v>0</v>
       </c>
       <c r="K274" t="n">
         <v>189</v>
       </c>
       <c r="L274" t="n">
-        <v>2.805864519317685</v>
+        <v>2.805864564016793</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B275" s="34" t="n">
         <v>18</v>
       </c>
       <c r="C275" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>6.82</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
       <c r="J275" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B276" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C276" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>3497.07</t>
+          <t>2775.37</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
-          <t>85.4</t>
+          <t>67.8</t>
         </is>
       </c>
       <c r="J276" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B277" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>597.10</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
           <t>14.6</t>
         </is>
       </c>
       <c r="J277" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B278" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C278" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>4094.17</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B279" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>709.65</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
           <t>17.3</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2686017916317111</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B280" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>5.89</t>
+          <t>12.04</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
-          <t>0.1</t>
-[...29 lines deleted...]
-        <v>0</v>
+          <t>0.3</t>
+        </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B281" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C281" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>16073.00</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
@@ -15011,86 +14315,86 @@
         <v>1</v>
       </c>
       <c r="K284" t="n">
         <v>1006</v>
       </c>
       <c r="L284" t="n">
         <v>1.627790808506839</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B285" s="34" t="n">
         <v>3</v>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>789.21</t>
+          <t>789.20</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
           <t>19.0</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
           <t>32.7</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I285" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="J285" t="n">
         <v>1</v>
       </c>
       <c r="K285" t="n">
-        <v>2034</v>
+        <v>2032</v>
       </c>
       <c r="L285" t="n">
-        <v>0.6675101695044956</v>
+        <v>0.6674167801441226</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B286" s="34" t="n">
         <v>4</v>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <t>US Treasuries Strips</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>95.45</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <t>2.3</t>
         </is>
@@ -15100,105 +14404,105 @@
           <t>47.3</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I286" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J286" t="n">
         <v>1</v>
       </c>
       <c r="K286" t="n">
         <v>778</v>
       </c>
       <c r="L286" t="n">
-        <v>1.032479238472223</v>
+        <v>1.032479238472219</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B287" s="34" t="n">
         <v>5</v>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>US Treasuries excluding Strips</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>1757.14</t>
+          <t>1757.03</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>42.3</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
           <t>30.6</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="I287" t="inlineStr">
         <is>
           <t>2.0</t>
         </is>
       </c>
       <c r="J287" t="n">
         <v>1</v>
       </c>
       <c r="K287" t="n">
-        <v>5052</v>
+        <v>5046</v>
       </c>
       <c r="L287" t="n">
-        <v>0.4379062984079878</v>
+        <v>0.4381620526683327</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B288" s="34" t="n">
         <v>6</v>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>ABS Investment Grade</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>26.26</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
@@ -15208,51 +14512,51 @@
           <t>45.1</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
           <t>7.0</t>
         </is>
       </c>
       <c r="I288" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="J288" t="n">
         <v>0</v>
       </c>
       <c r="K288" t="n">
         <v>438</v>
       </c>
       <c r="L288" t="n">
-        <v>2.62693306722768</v>
+        <v>2.626933067227678</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B289" s="34" t="n">
         <v>7</v>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>ABS Non Investment Grade</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>14.84</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
@@ -15262,51 +14566,51 @@
           <t>52.1</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I289" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J289" t="n">
         <v>0</v>
       </c>
       <c r="K289" t="n">
         <v>482</v>
       </c>
       <c r="L289" t="n">
-        <v>4.886138623519757</v>
+        <v>4.886138623519758</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B290" s="34" t="n">
         <v>9</v>
       </c>
       <c r="C290" t="inlineStr">
         <is>
           <t>CMO Private Label Investment Grade</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>20.94</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
           <t>0.5</t>
         </is>
@@ -15370,51 +14674,51 @@
           <t>64.5</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>3.0</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
           <t>10.0</t>
         </is>
       </c>
       <c r="I291" t="inlineStr">
         <is>
           <t>15.0</t>
         </is>
       </c>
       <c r="J291" t="n">
         <v>0</v>
       </c>
       <c r="K291" t="n">
         <v>532</v>
       </c>
       <c r="L291" t="n">
-        <v>4.500897659036668</v>
+        <v>4.500897659036666</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B292" s="34" t="n">
         <v>11</v>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>Corporates Investment Grade</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>138.87</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
           <t>3.3</t>
         </is>
@@ -15424,51 +14728,51 @@
           <t>39.1</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
           <t>5.0</t>
         </is>
       </c>
       <c r="I292" t="inlineStr">
         <is>
           <t>7.1</t>
         </is>
       </c>
       <c r="J292" t="n">
         <v>0</v>
       </c>
       <c r="K292" t="n">
         <v>1076</v>
       </c>
       <c r="L292" t="n">
-        <v>1.640475403204788</v>
+        <v>1.640475403204789</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B293" s="34" t="n">
         <v>12</v>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>Corporates Non Investment Grade</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>56.04</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
@@ -15741,286 +15045,1232 @@
       <c r="E298" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
       <c r="J298" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B299" s="34" t="n">
         <v>19</v>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <t>Total Fedwire-eligible</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>3561.35</t>
+          <t>2795.95</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>85.8</t>
+          <t>67.3</t>
         </is>
       </c>
       <c r="J299" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B300" s="34" t="n">
         <v>20</v>
       </c>
       <c r="C300" t="inlineStr">
         <is>
           <t>Total Non-Fedwire-eligible</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>590.71</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
           <t>14.2</t>
         </is>
       </c>
       <c r="J300" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B301" s="34" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="C301" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>4152.07</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B302" s="34" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>Sponsored GC</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>762.08</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
           <t>18.4</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0.2342263192149422</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B303" s="34" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C303" t="inlineStr">
         <is>
           <t>Federal Reserve</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>3.21</t>
+          <t>3.32</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B304" s="34" t="n">
         <v>24</v>
       </c>
       <c r="C304" t="inlineStr">
         <is>
           <t>Number of Observations</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>16260.00</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B305" s="34" t="n">
         <v>25</v>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>Number of Repos</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>8812.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B306" s="34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>Agency CMOs</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr">
+        <is>
+          <t>104.29</t>
+        </is>
+      </c>
+      <c r="E306" t="inlineStr">
+        <is>
+          <t>2.5</t>
+        </is>
+      </c>
+      <c r="F306" t="inlineStr">
+        <is>
+          <t>32.3</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H306" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="I306" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J306" t="n">
+        <v>1</v>
+      </c>
+      <c r="K306" t="n">
+        <v>792</v>
+      </c>
+      <c r="L306" t="n">
+        <v>4.494748971825399</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B307" s="34" t="n">
+        <v>2</v>
+      </c>
+      <c r="C307" t="inlineStr">
+        <is>
+          <t>Agency Debentures &amp; Strips</t>
+        </is>
+      </c>
+      <c r="D307" t="inlineStr">
+        <is>
+          <t>54.41</t>
+        </is>
+      </c>
+      <c r="E307" t="inlineStr">
+        <is>
+          <t>1.3</t>
+        </is>
+      </c>
+      <c r="F307" t="inlineStr">
+        <is>
+          <t>35.0</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H307" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I307" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J307" t="n">
+        <v>1</v>
+      </c>
+      <c r="K307" t="n">
+        <v>984</v>
+      </c>
+      <c r="L307" t="n">
+        <v>1.677546821593993</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B308" s="34" t="n">
+        <v>3</v>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="D308" t="inlineStr">
+        <is>
+          <t>806.27</t>
+        </is>
+      </c>
+      <c r="E308" t="inlineStr">
+        <is>
+          <t>19.4</t>
+        </is>
+      </c>
+      <c r="F308" t="inlineStr">
+        <is>
+          <t>33.7</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H308" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I308" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="J308" t="n">
+        <v>1</v>
+      </c>
+      <c r="K308" t="n">
+        <v>2147</v>
+      </c>
+      <c r="L308" t="n">
+        <v>0.6253448350337828</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B309" s="34" t="n">
+        <v>4</v>
+      </c>
+      <c r="C309" t="inlineStr">
+        <is>
+          <t>US Treasuries Strips</t>
+        </is>
+      </c>
+      <c r="D309" t="inlineStr">
+        <is>
+          <t>96.31</t>
+        </is>
+      </c>
+      <c r="E309" t="inlineStr">
+        <is>
+          <t>2.3</t>
+        </is>
+      </c>
+      <c r="F309" t="inlineStr">
+        <is>
+          <t>47.2</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>1.0</t>
+        </is>
+      </c>
+      <c r="H309" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I309" t="inlineStr">
+        <is>
+          <t>2.1</t>
+        </is>
+      </c>
+      <c r="J309" t="n">
+        <v>1</v>
+      </c>
+      <c r="K309" t="n">
+        <v>890</v>
+      </c>
+      <c r="L309" t="n">
+        <v>0.7053644457461749</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B310" s="34" t="n">
+        <v>5</v>
+      </c>
+      <c r="C310" t="inlineStr">
+        <is>
+          <t>US Treasuries excluding Strips</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr">
+        <is>
+          <t>1748.01</t>
+        </is>
+      </c>
+      <c r="E310" t="inlineStr">
+        <is>
+          <t>42.1</t>
+        </is>
+      </c>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>29.7</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="H310" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I310" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="J310" t="n">
+        <v>1</v>
+      </c>
+      <c r="K310" t="n">
+        <v>5080</v>
+      </c>
+      <c r="L310" t="n">
+        <v>0.4337951379805857</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B311" s="34" t="n">
+        <v>6</v>
+      </c>
+      <c r="C311" t="inlineStr">
+        <is>
+          <t>ABS Investment Grade</t>
+        </is>
+      </c>
+      <c r="D311" t="inlineStr">
+        <is>
+          <t>26.13</t>
+        </is>
+      </c>
+      <c r="E311" t="inlineStr">
+        <is>
+          <t>0.6</t>
+        </is>
+      </c>
+      <c r="F311" t="inlineStr">
+        <is>
+          <t>45.9</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H311" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I311" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J311" t="n">
+        <v>0</v>
+      </c>
+      <c r="K311" t="n">
+        <v>406</v>
+      </c>
+      <c r="L311" t="n">
+        <v>2.62916053438321</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B312" s="34" t="n">
+        <v>7</v>
+      </c>
+      <c r="C312" t="inlineStr">
+        <is>
+          <t>ABS Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D312" t="inlineStr">
+        <is>
+          <t>17.22</t>
+        </is>
+      </c>
+      <c r="E312" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F312" t="inlineStr">
+        <is>
+          <t>48.9</t>
+        </is>
+      </c>
+      <c r="G312" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H312" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I312" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J312" t="n">
+        <v>0</v>
+      </c>
+      <c r="K312" t="n">
+        <v>531</v>
+      </c>
+      <c r="L312" t="n">
+        <v>4.68273010009204</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B313" s="34" t="n">
+        <v>9</v>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>CMO Private Label Investment Grade</t>
+        </is>
+      </c>
+      <c r="D313" t="inlineStr">
+        <is>
+          <t>18.11</t>
+        </is>
+      </c>
+      <c r="E313" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F313" t="inlineStr">
+        <is>
+          <t>47.4</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H313" t="inlineStr">
+        <is>
+          <t>7.0</t>
+        </is>
+      </c>
+      <c r="I313" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="J313" t="n">
+        <v>0</v>
+      </c>
+      <c r="K313" t="n">
+        <v>341</v>
+      </c>
+      <c r="L313" t="n">
+        <v>2.868713985936164</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B314" s="34" t="n">
+        <v>10</v>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>CMO Private Label Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D314" t="inlineStr">
+        <is>
+          <t>18.13</t>
+        </is>
+      </c>
+      <c r="E314" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F314" t="inlineStr">
+        <is>
+          <t>61.8</t>
+        </is>
+      </c>
+      <c r="G314" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H314" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="I314" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J314" t="n">
+        <v>0</v>
+      </c>
+      <c r="K314" t="n">
+        <v>536</v>
+      </c>
+      <c r="L314" t="n">
+        <v>4.540221457895536</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B315" s="34" t="n">
+        <v>11</v>
+      </c>
+      <c r="C315" t="inlineStr">
+        <is>
+          <t>Corporates Investment Grade</t>
+        </is>
+      </c>
+      <c r="D315" t="inlineStr">
+        <is>
+          <t>129.55</t>
+        </is>
+      </c>
+      <c r="E315" t="inlineStr">
+        <is>
+          <t>3.1</t>
+        </is>
+      </c>
+      <c r="F315" t="inlineStr">
+        <is>
+          <t>40.5</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H315" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I315" t="inlineStr">
+        <is>
+          <t>7.5</t>
+        </is>
+      </c>
+      <c r="J315" t="n">
+        <v>0</v>
+      </c>
+      <c r="K315" t="n">
+        <v>997</v>
+      </c>
+      <c r="L315" t="n">
+        <v>1.600219417322534</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B316" s="34" t="n">
+        <v>12</v>
+      </c>
+      <c r="C316" t="inlineStr">
+        <is>
+          <t>Corporates Non Investment Grade</t>
+        </is>
+      </c>
+      <c r="D316" t="inlineStr">
+        <is>
+          <t>57.80</t>
+        </is>
+      </c>
+      <c r="E316" t="inlineStr">
+        <is>
+          <t>1.4</t>
+        </is>
+      </c>
+      <c r="F316" t="inlineStr">
+        <is>
+          <t>50.8</t>
+        </is>
+      </c>
+      <c r="G316" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H316" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I316" t="inlineStr">
+        <is>
+          <t>15.0</t>
+        </is>
+      </c>
+      <c r="J316" t="n">
+        <v>0</v>
+      </c>
+      <c r="K316" t="n">
+        <v>626</v>
+      </c>
+      <c r="L316" t="n">
+        <v>3.412849550041026</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B317" s="34" t="n">
+        <v>13</v>
+      </c>
+      <c r="C317" t="inlineStr">
+        <is>
+          <t>Equities</t>
+        </is>
+      </c>
+      <c r="D317" t="inlineStr">
+        <is>
+          <t>267.77</t>
+        </is>
+      </c>
+      <c r="E317" t="inlineStr">
+        <is>
+          <t>6.4</t>
+        </is>
+      </c>
+      <c r="F317" t="inlineStr">
+        <is>
+          <t>41.0</t>
+        </is>
+      </c>
+      <c r="G317" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H317" t="inlineStr">
+        <is>
+          <t>8.0</t>
+        </is>
+      </c>
+      <c r="I317" t="inlineStr">
+        <is>
+          <t>12.0</t>
+        </is>
+      </c>
+      <c r="J317" t="n">
+        <v>0</v>
+      </c>
+      <c r="K317" t="n">
+        <v>1612</v>
+      </c>
+      <c r="L317" t="n">
+        <v>3.24776748749527</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B318" s="34" t="n">
+        <v>14</v>
+      </c>
+      <c r="C318" t="inlineStr">
+        <is>
+          <t>International Securities</t>
+        </is>
+      </c>
+      <c r="D318" t="inlineStr">
+        <is>
+          <t>2.44</t>
+        </is>
+      </c>
+      <c r="E318" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+      <c r="F318" t="inlineStr">
+        <is>
+          <t>93.2</t>
+        </is>
+      </c>
+      <c r="G318" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="H318" t="inlineStr">
+        <is>
+          <t>2.0</t>
+        </is>
+      </c>
+      <c r="I318" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J318" t="n">
+        <v>0</v>
+      </c>
+      <c r="K318" t="n">
+        <v>63</v>
+      </c>
+      <c r="L318" t="n">
+        <v>1.536123896185138</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B319" s="34" t="n">
+        <v>15</v>
+      </c>
+      <c r="C319" t="inlineStr">
+        <is>
+          <t>Money Market</t>
+        </is>
+      </c>
+      <c r="D319" t="inlineStr">
+        <is>
+          <t>11.63</t>
+        </is>
+      </c>
+      <c r="E319" t="inlineStr">
+        <is>
+          <t>0.3</t>
+        </is>
+      </c>
+      <c r="F319" t="inlineStr">
+        <is>
+          <t>61.9</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>3.0</t>
+        </is>
+      </c>
+      <c r="H319" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="I319" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="J319" t="n">
+        <v>0</v>
+      </c>
+      <c r="K319" t="n">
+        <v>174</v>
+      </c>
+      <c r="L319" t="n">
+        <v>1.015821938963076</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B320" s="34" t="n">
+        <v>16</v>
+      </c>
+      <c r="C320" t="inlineStr">
+        <is>
+          <t>Municipality Debt</t>
+        </is>
+      </c>
+      <c r="D320" t="inlineStr">
+        <is>
+          <t>14.76</t>
+        </is>
+      </c>
+      <c r="E320" t="inlineStr">
+        <is>
+          <t>0.4</t>
+        </is>
+      </c>
+      <c r="F320" t="inlineStr">
+        <is>
+          <t>47.6</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="H320" t="inlineStr">
+        <is>
+          <t>6.7</t>
+        </is>
+      </c>
+      <c r="I320" t="inlineStr">
+        <is>
+          <t>10.0</t>
+        </is>
+      </c>
+      <c r="J320" t="n">
+        <v>0</v>
+      </c>
+      <c r="K320" t="n">
+        <v>188</v>
+      </c>
+      <c r="L320" t="n">
+        <v>2.596087087337724</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B321" s="34" t="n">
+        <v>18</v>
+      </c>
+      <c r="C321" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D321" t="inlineStr">
+        <is>
+          <t>6.96</t>
+        </is>
+      </c>
+      <c r="E321" t="inlineStr">
+        <is>
+          <t>0.2</t>
+        </is>
+      </c>
+      <c r="J321" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B322" s="34" t="n">
+        <v>19</v>
+      </c>
+      <c r="C322" t="inlineStr">
+        <is>
+          <t>Total Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D322" t="inlineStr">
+        <is>
+          <t>2809.29</t>
+        </is>
+      </c>
+      <c r="E322" t="inlineStr">
+        <is>
+          <t>67.6</t>
+        </is>
+      </c>
+      <c r="J322" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B323" s="34" t="n">
+        <v>20</v>
+      </c>
+      <c r="C323" t="inlineStr">
+        <is>
+          <t>Total Non-Fedwire-eligible</t>
+        </is>
+      </c>
+      <c r="D323" t="inlineStr">
+        <is>
+          <t>570.49</t>
+        </is>
+      </c>
+      <c r="E323" t="inlineStr">
+        <is>
+          <t>13.7</t>
+        </is>
+      </c>
+      <c r="J323" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B324" s="34" t="n">
+        <v>21</v>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="D324" t="inlineStr">
+        <is>
+          <t>4153.34</t>
+        </is>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B325" s="34" t="n">
+        <v>22</v>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>Sponsored GC</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr">
+        <is>
+          <t>770.15</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>18.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B326" s="34" t="n">
+        <v>23</v>
+      </c>
+      <c r="C326" t="inlineStr">
+        <is>
+          <t>Federal Reserve</t>
+        </is>
+      </c>
+      <c r="D326" t="inlineStr">
+        <is>
+          <t>3.40</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B327" s="34" t="n">
+        <v>24</v>
+      </c>
+      <c r="C327" t="inlineStr">
+        <is>
+          <t>Number of Observations</t>
+        </is>
+      </c>
+      <c r="D327" t="inlineStr">
+        <is>
+          <t>16455.00</t>
+        </is>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B328" s="34" t="n">
+        <v>25</v>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>Number of Repos</t>
+        </is>
+      </c>
+      <c r="D328" t="inlineStr">
+        <is>
+          <t>8915.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K45"/>
+  <dimension ref="A2:K48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -16678,81 +16928,132 @@
       <c r="B44" t="inlineStr">
         <is>
           <t>Net Cash Borrowed</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>309.50</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Net Securities Delivered</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>407.40</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Gross Securities</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>789.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Net Cash Borrowed</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>293.90</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Net Securities Delivered</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>394.90</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K45"/>
+  <dimension ref="A2:K48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L34" sqref="L34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -16783,1308 +17084,1404 @@
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>term_share</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>0.90</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>0.7</t>
+          <t>0.3</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>19.10</t>
+          <t>231.80</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>14.0</t>
+          <t>66.5</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>75.50</t>
+          <t>339.70</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>21.7</t>
+          <t>55.5</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>116.00</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>85.3</t>
+          <t>33.3</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>272.10</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>78.3</t>
+          <t>44.5</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>1.10</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>0.9</t>
+          <t>0.4</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>0.2</t>
+          <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>14.90</t>
+          <t>195.00</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>12.5</t>
+          <t>65.2</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>80.00</t>
+          <t>360.50</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>29.9</t>
+          <t>65.7</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>103.00</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>86.6</t>
+          <t>34.4</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>187.30</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>69.9</t>
+          <t>34.2</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>1.70</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>1.8</t>
+          <t>0.6</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>24.70</t>
+          <t>221.70</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>25.6</t>
+          <t>75.6</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>74.30</t>
+          <t>334.90</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>23.3</t>
+          <t>57.8</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>69.90</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>72.6</t>
+          <t>23.8</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>244.30</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>76.6</t>
+          <t>42.2</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>0.90</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>0.7</t>
+          <t>0.2</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>18.90</t>
+          <t>252.30</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>14.0</t>
+          <t>68.5</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>74.40</t>
+          <t>364.50</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>20.3</t>
+          <t>55.6</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>115.10</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>85.3</t>
+          <t>31.3</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>291.30</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>79.7</t>
+          <t>44.4</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2.20</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>1.5</t>
+          <t>0.6</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>19.30</t>
+          <t>260.90</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>13.1</t>
+          <t>67.1</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>82.20</t>
+          <t>384.60</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>25.6</t>
+          <t>61.7</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>125.60</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>85.4</t>
+          <t>32.3</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>238.90</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>74.4</t>
+          <t>38.3</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>1.60</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>1.1</t>
+          <t>0.4</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>20.10</t>
+          <t>274.90</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>13.8</t>
+          <t>68.7</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>92.80</t>
+          <t>393.20</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>22.5</t>
+          <t>55.1</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>123.70</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>85.1</t>
+          <t>30.9</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>320.20</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>77.5</t>
+          <t>44.9</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>3.20</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>2.4</t>
+          <t>0.8</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>22.60</t>
+          <t>283.80</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>17.0</t>
+          <t>72.0</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>87.40</t>
+          <t>374.70</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>23.7</t>
+          <t>57.2</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>107.30</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>80.6</t>
+          <t>27.2</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>280.90</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>76.3</t>
+          <t>42.8</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>3.40</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>3.0</t>
+          <t>0.9</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>25.10</t>
+          <t>300.60</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>22.1</t>
+          <t>77.3</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>70.40</t>
+          <t>332.30</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>21.0</t>
+          <t>55.7</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>85.00</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>74.9</t>
+          <t>21.9</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>264.20</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>79.0</t>
+          <t>44.3</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2.90</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>2.1</t>
+          <t>0.7</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>21.40</t>
+          <t>285.20</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>15.2</t>
+          <t>70.5</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>35.87</t>
+          <t>297.17</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>13.7</t>
+          <t>56.8</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>116.30</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>82.7</t>
+          <t>28.8</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>225.80</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>86.3</t>
+          <t>43.2</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>4.90</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>4.4</t>
+          <t>1.2</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>29.40</t>
+          <t>328.80</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>26.5</t>
+          <t>80.1</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>36.99</t>
+          <t>279.69</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>12.3</t>
+          <t>51.4</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>76.80</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>69.1</t>
+          <t>18.7</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>264.30</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>87.7</t>
+          <t>48.6</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>5.20</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>4.3</t>
+          <t>1.4</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>24.20</t>
+          <t>268.90</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>20.1</t>
+          <t>73.7</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>44.50</t>
+          <t>285.90</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>18.9</t>
+          <t>60.0</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>90.70</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>75.5</t>
+          <t>24.9</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>190.70</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>81.1</t>
+          <t>40.0</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>5.40</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>4.8</t>
+          <t>1.4</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>21.80</t>
+          <t>298.20</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>19.3</t>
+          <t>76.5</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>38.70</t>
+          <t>269.40</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>17.7</t>
+          <t>59.9</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>86.00</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>76.0</t>
+          <t>22.1</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>180.10</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>82.3</t>
+          <t>40.1</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>5.10</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>4.3</t>
+          <t>1.3</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>0.80</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>0.4</t>
+          <t>0.2</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>26.70</t>
+          <t>314.10</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>22.6</t>
+          <t>77.5</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>44.10</t>
+          <t>273.50</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>24.5</t>
+          <t>66.8</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>86.30</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>73.1</t>
+          <t>21.3</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>135.00</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>75.0</t>
+          <t>33.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>6.10</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>306.90</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>77.3</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>258.10</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>65.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>83.80</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>21.1</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>135.00</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>34.3</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K123"/>
+  <dimension ref="A2:K132"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -18137,83 +18534,83 @@
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>0.3</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>212.70</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>61.0</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>264.20</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>43.2</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>3.80</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>1.1</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
@@ -18425,83 +18822,83 @@
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>180.10</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>60.2</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>280.50</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>51.2</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>4.00</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
@@ -18713,83 +19110,83 @@
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>197.00</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>67.2</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>260.60</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>45.0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>3.70</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
@@ -19001,83 +19398,83 @@
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>233.40</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>63.4</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>290.10</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>44.2</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>3.50</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>1.0</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
@@ -19289,83 +19686,83 @@
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>0.6</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>241.60</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>62.2</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>302.40</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>48.5</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>3.60</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>0.9</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
@@ -19577,83 +19974,83 @@
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>0.4</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>254.80</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>63.7</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>300.40</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>42.1</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>3.70</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>0.9</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
@@ -19865,83 +20262,83 @@
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>0.8</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>261.20</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>66.2</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>287.30</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>43.8</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>4.50</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>1.1</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>0.80</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
@@ -20153,83 +20550,83 @@
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>0.9</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>275.50</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>70.8</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>261.90</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>43.9</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>3.20</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>0.8</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
@@ -20441,83 +20838,83 @@
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>0.7</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>263.80</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>65.2</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>261.30</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>50.0</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>4.80</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>0.27</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
@@ -20729,83 +21126,83 @@
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>1.2</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>299.40</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>72.9</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>242.70</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>44.6</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>5.40</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>0.39</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
@@ -21017,83 +21414,83 @@
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>244.70</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>67.1</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>241.40</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>50.7</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>5.50</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
@@ -21305,83 +21702,83 @@
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>1.4</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>0.0</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>276.40</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>70.9</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>230.70</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>51.3</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>6.50</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>1.7</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>0.70</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
@@ -21593,83 +21990,83 @@
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>0.80</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>0.2</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Agency MBS (FNMA &amp;FHLMC Fixed Rate)</t>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>287.40</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>70.9</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>229.40</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>56.0</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>FNMA and FHLMC ARMs</t>
+          <t>FNMA &amp; FHLMC ARMs</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>5.20</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>1.3</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
@@ -21838,81 +22235,369 @@
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Treasury (less than 30 Yrs.)</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>86.30</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>21.3</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>135.00</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>33.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>6.10</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>Agency MBS (FNMA &amp; FHLMC Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>281.20</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>70.9</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>219.70</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>55.9</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>FNMA &amp; FHLMC ARMs</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>5.90</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>1.5</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>0.1</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>GNMA (Fixed Rate)</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>19.80</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>5.0</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>38.10</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>9.7</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>GNMA ARMs</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>STRIPs</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>0.5</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>TIPs</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>Treasury (less than 10 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>0.0</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Treasury (less than 30 Yrs.)</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>81.80</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>20.6</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>135.00</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>34.3</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A2:K45"/>
+  <dimension ref="A2:K48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" customFormat="1" s="26"/>
     <row r="2" ht="15" customFormat="1" customHeight="1" s="26">
       <c r="D2" s="25" t="inlineStr">
         <is>
           <t>NEW YORK FED  ECONOMIC RESEARCH</t>
         </is>
       </c>
     </row>
     <row r="3" ht="15" customFormat="1" customHeight="1" s="26"/>
     <row r="4" customFormat="1" s="26">
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>https://www.newyorkfed.org/research</t>
         </is>
       </c>
     </row>
     <row r="5" customFormat="1" s="3"/>
     <row r="6">
@@ -21953,1267 +22638,1363 @@
           <t>20241210</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>34.99</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>1.5</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>0.90</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>0.2</t>
+          <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>759.17</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>31.6</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>94.60</t>
+          <t>571.50</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>19.6</t>
+          <t>59.5</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>20241210</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>1606.98</t>
+          <t>1606.88</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>66.9</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>388.10</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>80.3</t>
+          <t>40.4</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>40.08</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>1.7</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>1.60</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>0.4</t>
+          <t>0.2</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>762.94</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>31.8</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>94.90</t>
+          <t>555.50</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>24.5</t>
+          <t>65.6</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>20250110</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>1594.98</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>66.5</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>290.30</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>75.1</t>
+          <t>34.3</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>42.24</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>1.7</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>2.00</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>0.5</t>
+          <t>0.2</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>788.17</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>31.3</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>99.00</t>
+          <t>556.60</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>23.8</t>
+          <t>63.8</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>20250211</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>1686.80</t>
+          <t>1686.70</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>67.0</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>314.20</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>75.7</t>
+          <t>36.0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>43.09</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>0.90</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>0.2</t>
+          <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>856.98</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>31.8</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>93.30</t>
+          <t>616.80</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>18.6</t>
+          <t>60.2</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>20250311</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>1793.58</t>
+          <t>1793.48</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>66.6</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>406.40</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>81.2</t>
+          <t>39.7</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>45.88</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>1.7</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>2.20</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>0.5</t>
+          <t>0.2</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>865.44</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>32.4</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>101.50</t>
+          <t>645.50</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>21.7</t>
+          <t>63.8</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>20250409</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>1761.32</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>65.9</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>364.50</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>77.9</t>
+          <t>36.0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>43.94</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>1.6</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>1.60</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>0.3</t>
+          <t>0.1</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>911.78</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>32.6</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>112.90</t>
+          <t>668.10</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>20.2</t>
+          <t>60.0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>20250509</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>1837.35</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>65.8</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>443.90</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>79.5</t>
+          <t>39.9</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>47.33</t>
+          <t>47.32</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>1.7</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>3.20</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>0.6</t>
+          <t>0.3</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>922.14</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>32.5</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>110.00</t>
+          <t>658.50</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>21.9</t>
+          <t>62.7</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>20250610</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>1866.90</t>
+          <t>1866.80</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>65.8</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>388.20</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>77.4</t>
+          <t>37.0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>47.97</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>1.7</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>3.40</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>0.8</t>
+          <t>0.3</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>918.27</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>32.1</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>95.50</t>
+          <t>632.90</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>21.3</t>
+          <t>64.2</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>20250710</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>1890.95</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>66.2</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>349.20</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>77.9</t>
+          <t>35.4</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>48.62</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>1.7</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>2.90</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>0.7</t>
+          <t>0.3</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>917.54</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>32.4</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>57.27</t>
+          <t>582.37</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>14.2</t>
+          <t>62.8</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>20250811</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>1867.15</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>65.9</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>342.10</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>85.0</t>
+          <t>36.9</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>51.42</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>1.9</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>4.90</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>1.2</t>
+          <t>0.5</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>916.55</t>
+          <t>916.54</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>33.5</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>66.39</t>
+          <t>608.49</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>16.1</t>
+          <t>63.8</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>20250910</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>1768.80</t>
+          <t>1768.79</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>64.6</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>341.10</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>82.7</t>
+          <t>35.7</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>48.65</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>1.8</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>5.20</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>1.5</t>
+          <t>0.6</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>923.99</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>33.6</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>68.70</t>
+          <t>554.80</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>19.3</t>
+          <t>65.9</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>20251009</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>1778.51</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>64.6</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>281.40</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>79.2</t>
+          <t>33.4</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>51.40</t>
+          <t>51.37</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>1.8</t>
+          <t>1.9</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>5.40</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>1.6</t>
+          <t>0.6</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>920.03</t>
+          <t>918.75</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>33.1</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>60.50</t>
+          <t>567.60</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>18.2</t>
+          <t>67.6</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>20251112</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>1810.10</t>
+          <t>1805.25</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>65.1</t>
+          <t>65.0</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>266.10</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>80.2</t>
+          <t>31.7</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Agency (other than MBS)</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>50.50</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>1.8</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>5.90</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>2.0</t>
+          <t>0.7</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Agency MBS</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>892.97</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>31.9</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>70.80</t>
+          <t>587.60</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>23.8</t>
+          <t>72.1</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>20251209</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Treasury</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>1852.58</t>
+          <t>1852.48</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>66.3</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>221.30</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>74.3</t>
+          <t>27.2</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Agency (other than MBS)</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>54.41</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>1.9</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>6.10</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>0.8</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Agency MBS</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>910.56</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>32.4</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>565.00</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>71.5</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>20260112</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Treasury</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>1844.32</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>65.7</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>218.80</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>27.7</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;1 &amp;K000000NONCONFIDENTIAL // EXTERNAL#</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>